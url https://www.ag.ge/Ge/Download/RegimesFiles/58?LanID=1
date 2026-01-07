--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -6,54 +6,54 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\რეჟიმები\რეჟიმი დამტკიცებული 2025\რეჟიმი დამტკიცებული 2025\ქვემო ქართლი\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\საპროგნოზო რეჟიმები ასათვირთი\დანართი N1 პროფილური მომხმარებელი 2026\ქვემო ქართლი\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5388610-BED7-44CE-8FEF-B81E3C13DCB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FA7E1601-2593-45D4-A889-7542D734137C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ტბისი-კუმისი" sheetId="3" r:id="rId1"/>
     <sheet name="ასურეთის" sheetId="6" r:id="rId2"/>
     <sheet name="ჯანდარა" sheetId="4" r:id="rId3"/>
     <sheet name="ავრანლო-გუმბათი" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -1060,61 +1060,65 @@
   <c r="Y28" i="5" s="1"/>
   <c r="T18" i="5"/>
   <c r="T27" i="5" s="1"/>
   <c r="T28" i="5" s="1"/>
   <c r="U18" i="5"/>
   <c r="X18" i="5"/>
   <c r="S18" i="5"/>
   <c r="Q18" i="5"/>
   <c r="Q27" i="5" s="1"/>
   <c r="Q28" i="5" s="1"/>
   <c r="T18" i="4"/>
   <c r="T27" i="4" s="1"/>
   <c r="T28" i="4" s="1"/>
   <c r="R18" i="4"/>
   <c r="Y18" i="4"/>
   <c r="Y27" i="4" s="1"/>
   <c r="Y28" i="4" s="1"/>
   <c r="Q18" i="4"/>
   <c r="Q27" i="4" s="1"/>
   <c r="Q28" i="4" s="1"/>
   <c r="U18" i="4"/>
   <c r="X18" i="4"/>
   <c r="P18" i="4"/>
   <c r="W18" i="4"/>
   <c r="V18" i="3"/>
+  <c r="V27" i="3" s="1"/>
+  <c r="V28" i="3" s="1"/>
   <c r="T18" i="3"/>
   <c r="Q18" i="3"/>
   <c r="Q27" i="3" s="1"/>
   <c r="Q28" i="3" s="1"/>
   <c r="Y18" i="3"/>
   <c r="Y27" i="3" s="1"/>
   <c r="Y28" i="3" s="1"/>
   <c r="U18" i="3"/>
   <c r="U27" i="3" s="1"/>
   <c r="U28" i="3" s="1"/>
   <c r="X18" i="3"/>
+  <c r="X27" i="3" s="1"/>
+  <c r="X28" i="3" s="1"/>
   <c r="P18" i="3"/>
   <c r="P27" i="3" s="1"/>
   <c r="P28" i="3" s="1"/>
   <c r="O27" i="6"/>
   <c r="AH18" i="6"/>
   <c r="AB27" i="5"/>
   <c r="AB28" i="5" s="1"/>
   <c r="W27" i="5"/>
   <c r="W28" i="5" s="1"/>
   <c r="AH13" i="5"/>
   <c r="AH10" i="5"/>
   <c r="AH15" i="5"/>
   <c r="AH16" i="3"/>
   <c r="AH16" i="4"/>
   <c r="AB27" i="4"/>
   <c r="AB28" i="4" s="1"/>
   <c r="AH10" i="4"/>
   <c r="AH12" i="5"/>
   <c r="V27" i="5"/>
   <c r="V28" i="5" s="1"/>
   <c r="U27" i="5"/>
   <c r="U28" i="5" s="1"/>
   <c r="AH7" i="5"/>
   <c r="X27" i="5"/>
   <c r="X28" i="5" s="1"/>
@@ -1141,62 +1145,58 @@
   <c r="W28" i="4" s="1"/>
   <c r="AH12" i="4"/>
   <c r="R27" i="4"/>
   <c r="R28" i="4" s="1"/>
   <c r="AH8" i="4"/>
   <c r="P27" i="4"/>
   <c r="P28" i="4" s="1"/>
   <c r="AH9" i="4"/>
   <c r="AH14" i="4"/>
   <c r="S27" i="4"/>
   <c r="S28" i="4" s="1"/>
   <c r="AH11" i="4"/>
   <c r="I28" i="4"/>
   <c r="AH7" i="4"/>
   <c r="U27" i="4"/>
   <c r="U28" i="4" s="1"/>
   <c r="AH13" i="3"/>
   <c r="AB27" i="3"/>
   <c r="AB28" i="3" s="1"/>
   <c r="R27" i="3"/>
   <c r="R28" i="3" s="1"/>
   <c r="AH8" i="3"/>
   <c r="AH11" i="3"/>
   <c r="S27" i="3"/>
   <c r="S28" i="3" s="1"/>
-  <c r="V27" i="3"/>
-  <c r="V28" i="3" s="1"/>
   <c r="AH15" i="3"/>
   <c r="I28" i="3"/>
   <c r="T27" i="3"/>
   <c r="T28" i="3" s="1"/>
   <c r="AH7" i="3"/>
   <c r="AH12" i="3"/>
   <c r="AH10" i="3"/>
   <c r="AH9" i="3"/>
-  <c r="X27" i="3"/>
-  <c r="X28" i="3" s="1"/>
   <c r="O28" i="6" l="1"/>
   <c r="AH27" i="6"/>
   <c r="O27" i="5"/>
   <c r="AH18" i="5"/>
   <c r="O27" i="4"/>
   <c r="AH18" i="4"/>
   <c r="O27" i="3"/>
   <c r="AH18" i="3"/>
   <c r="O28" i="5" l="1"/>
   <c r="AH27" i="5"/>
   <c r="O28" i="4"/>
   <c r="AH27" i="4"/>
   <c r="O28" i="3"/>
   <c r="AH27" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="59">
   <si>
     <t>აგროვადების მიხედვით დადგენილი მორწყვის ნორმები, ჯერადობა და ვადები კულტურების მიხედვით</t>
   </si>
   <si>
     <t>№</t>
   </si>
@@ -1529,63 +1529,63 @@
     <r>
       <t xml:space="preserve">ჰესის წყლის ნეტო </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">W </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> მოცულობა</t>
     </r>
   </si>
   <si>
-    <t>ესხებათ პირველი კატეგორიის დეფიციტი</t>
-[...1 lines deleted...]
-  <si>
     <t>ტბისი-კუმისის არხი</t>
   </si>
   <si>
     <t>აუსრეთის  არხი</t>
   </si>
   <si>
     <t>ჯანდარის არხი</t>
   </si>
   <si>
     <t>ავრალნო-გუმბათის არხი</t>
+  </si>
+  <si>
+    <t>ეხებათ პირველი კატეგორიის დეფიციტი</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
@@ -2371,136 +2371,136 @@
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -2757,281 +2757,281 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1EDEF30F-C77C-4899-92AF-B725CB13A810}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+      <selection activeCell="J25" sqref="J25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="32" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="2" customWidth="1"/>
     <col min="34" max="34" width="16.5703125" style="2" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="27" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="74" t="s">
-[...34 lines deleted...]
-      <c r="AH1" s="76"/>
+      <c r="A1" s="72" t="s">
+        <v>54</v>
+      </c>
+      <c r="B1" s="73"/>
+      <c r="C1" s="73"/>
+      <c r="D1" s="73"/>
+      <c r="E1" s="73"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="73"/>
+      <c r="H1" s="73"/>
+      <c r="I1" s="73"/>
+      <c r="J1" s="73"/>
+      <c r="K1" s="73"/>
+      <c r="L1" s="73"/>
+      <c r="M1" s="73"/>
+      <c r="N1" s="73"/>
+      <c r="O1" s="73"/>
+      <c r="P1" s="73"/>
+      <c r="Q1" s="73"/>
+      <c r="R1" s="73"/>
+      <c r="S1" s="73"/>
+      <c r="T1" s="73"/>
+      <c r="U1" s="73"/>
+      <c r="V1" s="73"/>
+      <c r="W1" s="73"/>
+      <c r="X1" s="73"/>
+      <c r="Y1" s="73"/>
+      <c r="Z1" s="73"/>
+      <c r="AA1" s="73"/>
+      <c r="AB1" s="73"/>
+      <c r="AC1" s="73"/>
+      <c r="AD1" s="73"/>
+      <c r="AE1" s="73"/>
+      <c r="AF1" s="73"/>
+      <c r="AG1" s="73"/>
+      <c r="AH1" s="74"/>
     </row>
     <row r="2" spans="1:34" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="77" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="79"/>
+      <c r="A2" s="75" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="76"/>
+      <c r="C2" s="76"/>
+      <c r="D2" s="76"/>
+      <c r="E2" s="76"/>
+      <c r="F2" s="76"/>
+      <c r="G2" s="76"/>
+      <c r="H2" s="76"/>
+      <c r="I2" s="76"/>
+      <c r="J2" s="76"/>
+      <c r="K2" s="76"/>
+      <c r="L2" s="76"/>
+      <c r="M2" s="76"/>
+      <c r="N2" s="76"/>
+      <c r="O2" s="76"/>
+      <c r="P2" s="76"/>
+      <c r="Q2" s="76"/>
+      <c r="R2" s="76"/>
+      <c r="S2" s="76"/>
+      <c r="T2" s="76"/>
+      <c r="U2" s="76"/>
+      <c r="V2" s="76"/>
+      <c r="W2" s="76"/>
+      <c r="X2" s="76"/>
+      <c r="Y2" s="76"/>
+      <c r="Z2" s="76"/>
+      <c r="AA2" s="76"/>
+      <c r="AB2" s="76"/>
+      <c r="AC2" s="76"/>
+      <c r="AD2" s="76"/>
+      <c r="AE2" s="76"/>
+      <c r="AF2" s="76"/>
+      <c r="AG2" s="76"/>
+      <c r="AH2" s="77"/>
     </row>
     <row r="3" spans="1:34" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="80" t="s">
+      <c r="A3" s="78" t="s">
         <v>47</v>
       </c>
-      <c r="B3" s="81"/>
-[...31 lines deleted...]
-      <c r="AH3" s="82"/>
+      <c r="B3" s="79"/>
+      <c r="C3" s="79"/>
+      <c r="D3" s="79"/>
+      <c r="E3" s="79"/>
+      <c r="F3" s="79"/>
+      <c r="G3" s="79"/>
+      <c r="H3" s="79"/>
+      <c r="I3" s="79"/>
+      <c r="J3" s="79"/>
+      <c r="K3" s="79"/>
+      <c r="L3" s="79"/>
+      <c r="M3" s="79"/>
+      <c r="N3" s="79"/>
+      <c r="O3" s="79"/>
+      <c r="P3" s="79"/>
+      <c r="Q3" s="79"/>
+      <c r="R3" s="79"/>
+      <c r="S3" s="79"/>
+      <c r="T3" s="79"/>
+      <c r="U3" s="79"/>
+      <c r="V3" s="79"/>
+      <c r="W3" s="79"/>
+      <c r="X3" s="79"/>
+      <c r="Y3" s="79"/>
+      <c r="Z3" s="79"/>
+      <c r="AA3" s="79"/>
+      <c r="AB3" s="79"/>
+      <c r="AC3" s="79"/>
+      <c r="AD3" s="79"/>
+      <c r="AE3" s="79"/>
+      <c r="AF3" s="79"/>
+      <c r="AG3" s="79"/>
+      <c r="AH3" s="80"/>
     </row>
     <row r="4" spans="1:34" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="83" t="s">
+      <c r="A4" s="81" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="85" t="s">
+      <c r="B4" s="83" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="85" t="s">
+      <c r="C4" s="83" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="87" t="s">
+      <c r="D4" s="85" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="87" t="s">
+      <c r="E4" s="85" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="87" t="s">
+      <c r="F4" s="85" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="87" t="s">
+      <c r="G4" s="85" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="87" t="s">
+      <c r="H4" s="85" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="89" t="s">
         <v>40</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="90"/>
+      <c r="K4" s="89" t="s">
         <v>39</v>
       </c>
-      <c r="L4" s="94"/>
+      <c r="L4" s="91"/>
       <c r="M4" s="70" t="s">
         <v>4</v>
       </c>
       <c r="N4" s="71"/>
       <c r="O4" s="70" t="s">
         <v>5</v>
       </c>
       <c r="P4" s="71"/>
       <c r="Q4" s="70" t="s">
         <v>6</v>
       </c>
       <c r="R4" s="71"/>
       <c r="S4" s="70" t="s">
         <v>7</v>
       </c>
       <c r="T4" s="71"/>
       <c r="U4" s="70" t="s">
         <v>8</v>
       </c>
       <c r="V4" s="71"/>
       <c r="W4" s="70" t="s">
         <v>9</v>
       </c>
       <c r="X4" s="71"/>
       <c r="Y4" s="70" t="s">
         <v>10</v>
       </c>
       <c r="Z4" s="71"/>
       <c r="AA4" s="70" t="s">
         <v>11</v>
       </c>
       <c r="AB4" s="71"/>
       <c r="AC4" s="70" t="s">
         <v>41</v>
       </c>
       <c r="AD4" s="71"/>
       <c r="AE4" s="70" t="s">
         <v>12</v>
       </c>
       <c r="AF4" s="71"/>
-      <c r="AG4" s="72" t="s">
+      <c r="AG4" s="87" t="s">
         <v>42</v>
       </c>
-      <c r="AH4" s="73"/>
+      <c r="AH4" s="88"/>
     </row>
     <row r="5" spans="1:34" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="84"/>
-[...6 lines deleted...]
-      <c r="H5" s="88"/>
+      <c r="A5" s="82"/>
+      <c r="B5" s="84"/>
+      <c r="C5" s="84"/>
+      <c r="D5" s="84"/>
+      <c r="E5" s="84"/>
+      <c r="F5" s="86"/>
+      <c r="G5" s="84"/>
+      <c r="H5" s="86"/>
       <c r="I5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="26" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="26" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="25" t="s">
@@ -3924,120 +3924,120 @@
       <c r="AE16" s="53"/>
       <c r="AF16" s="55"/>
       <c r="AG16" s="63">
         <f>F16*H16</f>
         <v>5.37</v>
       </c>
       <c r="AH16" s="59">
         <f t="shared" si="6"/>
         <v>7577.0700000000015</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="32" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
-      <c r="I17" s="89" t="s">
+      <c r="I17" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="90"/>
-[...4 lines deleted...]
-      <c r="O17" s="91" t="s">
+      <c r="J17" s="99"/>
+      <c r="K17" s="99"/>
+      <c r="L17" s="99"/>
+      <c r="M17" s="99"/>
+      <c r="N17" s="99"/>
+      <c r="O17" s="100" t="s">
         <v>50</v>
       </c>
-      <c r="P17" s="91"/>
-[...9 lines deleted...]
-      <c r="Z17" s="89" t="s">
+      <c r="P17" s="100"/>
+      <c r="Q17" s="100"/>
+      <c r="R17" s="100"/>
+      <c r="S17" s="100"/>
+      <c r="T17" s="100"/>
+      <c r="U17" s="100"/>
+      <c r="V17" s="100"/>
+      <c r="W17" s="100"/>
+      <c r="X17" s="100"/>
+      <c r="Y17" s="100"/>
+      <c r="Z17" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="AA17" s="90"/>
-[...4 lines deleted...]
-      <c r="AF17" s="90"/>
+      <c r="AA17" s="99"/>
+      <c r="AB17" s="99"/>
+      <c r="AC17" s="99"/>
+      <c r="AD17" s="99"/>
+      <c r="AE17" s="99"/>
+      <c r="AF17" s="99"/>
       <c r="AG17" s="68"/>
       <c r="AH17" s="69"/>
     </row>
     <row r="18" spans="1:34" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="67" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="45"/>
       <c r="D18" s="45"/>
       <c r="E18" s="45"/>
       <c r="F18" s="45"/>
       <c r="G18" s="46"/>
       <c r="H18" s="46"/>
       <c r="I18" s="61">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
-        <v>0</v>
+        <v>14000</v>
       </c>
       <c r="J18" s="61">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
-        <v>0</v>
+        <v>14000</v>
       </c>
       <c r="K18" s="61">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>14000</v>
       </c>
       <c r="L18" s="61">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>14000</v>
       </c>
       <c r="M18" s="61">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>16520</v>
       </c>
       <c r="N18" s="61">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>16520</v>
       </c>
       <c r="O18" s="61">
         <f t="shared" si="7"/>
         <v>165461</v>
       </c>
       <c r="P18" s="61">
         <f t="shared" si="7"/>
         <v>16520</v>
       </c>
       <c r="Q18" s="61">
         <f t="shared" si="7"/>
         <v>165461</v>
       </c>
       <c r="R18" s="61">
         <f t="shared" si="7"/>
         <v>785983.58400000015</v>
       </c>
       <c r="S18" s="61">
         <f t="shared" si="7"/>
         <v>1081302.02</v>
       </c>
       <c r="T18" s="61">
         <f t="shared" si="7"/>
         <v>943173.98400000017</v>
       </c>
@@ -4073,51 +4073,51 @@
         <f t="shared" si="7"/>
         <v>14840</v>
       </c>
       <c r="AC18" s="61">
         <f t="shared" si="7"/>
         <v>14840</v>
       </c>
       <c r="AD18" s="61">
         <f t="shared" si="7"/>
         <v>14840</v>
       </c>
       <c r="AE18" s="61">
         <f t="shared" si="7"/>
         <v>14840</v>
       </c>
       <c r="AF18" s="61">
         <f t="shared" si="7"/>
         <v>14840</v>
       </c>
       <c r="AG18" s="61">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>5270.1900000000005</v>
       </c>
       <c r="AH18" s="60">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>7463775.2239999995</v>
+        <v>7552815.2239999995</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="30">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="22"/>
       <c r="H19" s="22"/>
       <c r="I19" s="9">
         <v>0.9</v>
       </c>
       <c r="J19" s="10">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="9">
         <v>0.9</v>
@@ -4631,75 +4631,87 @@
       <c r="H24" s="22"/>
       <c r="I24" s="7"/>
       <c r="J24" s="8"/>
       <c r="K24" s="7"/>
       <c r="L24" s="8"/>
       <c r="M24" s="7"/>
       <c r="N24" s="8"/>
       <c r="O24" s="7"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="8"/>
       <c r="S24" s="7"/>
       <c r="T24" s="8"/>
       <c r="U24" s="7"/>
       <c r="V24" s="8"/>
       <c r="W24" s="7"/>
       <c r="X24" s="8"/>
       <c r="Y24" s="7"/>
       <c r="Z24" s="8"/>
       <c r="AA24" s="7"/>
       <c r="AB24" s="8"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="8"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="8"/>
-      <c r="AG24" s="95" t="s">
-[...2 lines deleted...]
-      <c r="AH24" s="96"/>
+      <c r="AG24" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH24" s="93"/>
     </row>
     <row r="25" spans="1:34" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
-      <c r="I25" s="7"/>
-[...4 lines deleted...]
-      <c r="N25" s="8"/>
+      <c r="I25" s="7">
+        <v>14000</v>
+      </c>
+      <c r="J25" s="8">
+        <v>14000</v>
+      </c>
+      <c r="K25" s="7">
+        <v>14000</v>
+      </c>
+      <c r="L25" s="8">
+        <v>14000</v>
+      </c>
+      <c r="M25" s="7">
+        <v>16520</v>
+      </c>
+      <c r="N25" s="8">
+        <v>16520</v>
+      </c>
       <c r="O25" s="7">
         <v>16520</v>
       </c>
       <c r="P25" s="8">
         <v>16520</v>
       </c>
       <c r="Q25" s="7">
         <v>16520</v>
       </c>
       <c r="R25" s="8">
         <v>16520</v>
       </c>
       <c r="S25" s="7">
         <v>14840</v>
       </c>
       <c r="T25" s="8">
         <v>14840</v>
       </c>
       <c r="U25" s="7">
         <v>14840</v>
       </c>
       <c r="V25" s="8">
         <v>14840</v>
       </c>
       <c r="W25" s="7">
@@ -4710,131 +4722,131 @@
       </c>
       <c r="Y25" s="7">
         <v>14840</v>
       </c>
       <c r="Z25" s="8">
         <v>14840</v>
       </c>
       <c r="AA25" s="7">
         <v>14840</v>
       </c>
       <c r="AB25" s="8">
         <v>14840</v>
       </c>
       <c r="AC25" s="7">
         <v>14840</v>
       </c>
       <c r="AD25" s="8">
         <v>14840</v>
       </c>
       <c r="AE25" s="7">
         <v>14840</v>
       </c>
       <c r="AF25" s="8">
         <v>14840</v>
       </c>
-      <c r="AG25" s="97"/>
-      <c r="AH25" s="98"/>
+      <c r="AG25" s="94"/>
+      <c r="AH25" s="95"/>
     </row>
     <row r="26" spans="1:34" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="7"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="8"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="8"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="8"/>
-      <c r="AG26" s="99"/>
-      <c r="AH26" s="100"/>
+      <c r="AG26" s="96"/>
+      <c r="AH26" s="97"/>
     </row>
     <row r="27" spans="1:34" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="5">
         <f>I18/I23</f>
-        <v>0</v>
+        <v>24498.866927404611</v>
       </c>
       <c r="J27" s="6">
         <f>J18/J23</f>
-        <v>0</v>
+        <v>24498.866927404611</v>
       </c>
       <c r="K27" s="5">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
-        <v>0</v>
+        <v>24498.866927404611</v>
       </c>
       <c r="L27" s="6">
         <f t="shared" si="20"/>
-        <v>0</v>
+        <v>24498.866927404611</v>
       </c>
       <c r="M27" s="5">
         <f t="shared" si="20"/>
-        <v>0</v>
+        <v>28908.66297433744</v>
       </c>
       <c r="N27" s="6">
         <f t="shared" si="20"/>
-        <v>0</v>
+        <v>28908.66297433744</v>
       </c>
       <c r="O27" s="5">
         <f>O18/O23</f>
         <v>289543.35861966386</v>
       </c>
       <c r="P27" s="6">
         <f t="shared" si="20"/>
         <v>28908.66297433744</v>
       </c>
       <c r="Q27" s="5">
         <f t="shared" si="20"/>
         <v>289543.35861966386</v>
       </c>
       <c r="R27" s="6">
         <f t="shared" si="20"/>
         <v>1375407.6593957534</v>
       </c>
       <c r="S27" s="5">
         <f t="shared" si="20"/>
         <v>1892191.0211652713</v>
       </c>
       <c r="T27" s="6">
         <f t="shared" si="20"/>
         <v>1650478.1373861465</v>
       </c>
@@ -4867,90 +4879,90 @@
         <v>25968.798943048885</v>
       </c>
       <c r="AB27" s="6">
         <f t="shared" si="20"/>
         <v>25968.798943048885</v>
       </c>
       <c r="AC27" s="5">
         <f t="shared" si="20"/>
         <v>25968.798943048885</v>
       </c>
       <c r="AD27" s="6">
         <f t="shared" si="20"/>
         <v>25968.798943048885</v>
       </c>
       <c r="AE27" s="5">
         <f t="shared" si="20"/>
         <v>25968.798943048885</v>
       </c>
       <c r="AF27" s="6">
         <f>AF18/AF23</f>
         <v>25968.798943048885</v>
       </c>
       <c r="AG27" s="5"/>
       <c r="AH27" s="6">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>13061002.570631105</v>
+        <v>13216815.364289399</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="30">
         <f t="shared" si="4"/>
         <v>22</v>
       </c>
       <c r="B28" s="29" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="23"/>
       <c r="H28" s="23"/>
       <c r="I28" s="66">
         <f>I27/(15*86400)</f>
-        <v>0</v>
+        <v>1.89034467032443E-2</v>
       </c>
       <c r="J28" s="43">
         <f>J27/(15*86400)</f>
-        <v>0</v>
+        <v>1.89034467032443E-2</v>
       </c>
       <c r="K28" s="66">
         <f t="shared" ref="K28:AF28" si="21">K27/(15*86400)</f>
-        <v>0</v>
+        <v>1.89034467032443E-2</v>
       </c>
       <c r="L28" s="43">
         <f t="shared" si="21"/>
-        <v>0</v>
+        <v>1.89034467032443E-2</v>
       </c>
       <c r="M28" s="66">
         <f t="shared" si="21"/>
-        <v>0</v>
+        <v>2.230606710982827E-2</v>
       </c>
       <c r="N28" s="43">
         <f t="shared" si="21"/>
-        <v>0</v>
+        <v>2.230606710982827E-2</v>
       </c>
       <c r="O28" s="66">
         <f t="shared" si="21"/>
         <v>0.22341308535467891</v>
       </c>
       <c r="P28" s="43">
         <f t="shared" si="21"/>
         <v>2.230606710982827E-2</v>
       </c>
       <c r="Q28" s="66">
         <f t="shared" si="21"/>
         <v>0.22341308535467891</v>
       </c>
       <c r="R28" s="43">
         <f t="shared" si="21"/>
         <v>1.0612713421263529</v>
       </c>
       <c r="S28" s="66">
         <f t="shared" si="21"/>
         <v>1.4600239360843144</v>
       </c>
       <c r="T28" s="43">
         <f t="shared" si="21"/>
         <v>1.2735170813164711</v>
       </c>
@@ -4990,300 +5002,300 @@
         <f t="shared" si="21"/>
         <v>2.0037653505438954E-2</v>
       </c>
       <c r="AD28" s="43">
         <f t="shared" si="21"/>
         <v>2.0037653505438954E-2</v>
       </c>
       <c r="AE28" s="66">
         <f t="shared" si="21"/>
         <v>2.0037653505438954E-2</v>
       </c>
       <c r="AF28" s="43">
         <f t="shared" si="21"/>
         <v>2.0037653505438954E-2</v>
       </c>
       <c r="AG28" s="66"/>
       <c r="AH28" s="43"/>
     </row>
   </sheetData>
   <mergeCells count="29">
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="I17:N17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="O17:W17"/>
     <mergeCell ref="X17:Y17"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="U4:V4"/>
+    <mergeCell ref="W4:X4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AA4:AB4"/>
+    <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
-    <mergeCell ref="S4:T4"/>
-[...4 lines deleted...]
-    <mergeCell ref="AC4:AD4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="35" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6623724-C035-4A63-95F8-6D7B6EF1ED07}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="G28" sqref="G28"/>
+      <selection activeCell="AG24" sqref="AG24:AH26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" customWidth="1"/>
     <col min="2" max="2" width="32" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" customWidth="1"/>
     <col min="9" max="32" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" customWidth="1"/>
     <col min="34" max="34" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="19.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="74" t="s">
-[...34 lines deleted...]
-      <c r="AH1" s="76"/>
+      <c r="A1" s="72" t="s">
+        <v>55</v>
+      </c>
+      <c r="B1" s="73"/>
+      <c r="C1" s="73"/>
+      <c r="D1" s="73"/>
+      <c r="E1" s="73"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="73"/>
+      <c r="H1" s="73"/>
+      <c r="I1" s="73"/>
+      <c r="J1" s="73"/>
+      <c r="K1" s="73"/>
+      <c r="L1" s="73"/>
+      <c r="M1" s="73"/>
+      <c r="N1" s="73"/>
+      <c r="O1" s="73"/>
+      <c r="P1" s="73"/>
+      <c r="Q1" s="73"/>
+      <c r="R1" s="73"/>
+      <c r="S1" s="73"/>
+      <c r="T1" s="73"/>
+      <c r="U1" s="73"/>
+      <c r="V1" s="73"/>
+      <c r="W1" s="73"/>
+      <c r="X1" s="73"/>
+      <c r="Y1" s="73"/>
+      <c r="Z1" s="73"/>
+      <c r="AA1" s="73"/>
+      <c r="AB1" s="73"/>
+      <c r="AC1" s="73"/>
+      <c r="AD1" s="73"/>
+      <c r="AE1" s="73"/>
+      <c r="AF1" s="73"/>
+      <c r="AG1" s="73"/>
+      <c r="AH1" s="74"/>
     </row>
     <row r="2" spans="1:34" ht="18" x14ac:dyDescent="0.25">
-      <c r="A2" s="77" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="79"/>
+      <c r="A2" s="75" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="76"/>
+      <c r="C2" s="76"/>
+      <c r="D2" s="76"/>
+      <c r="E2" s="76"/>
+      <c r="F2" s="76"/>
+      <c r="G2" s="76"/>
+      <c r="H2" s="76"/>
+      <c r="I2" s="76"/>
+      <c r="J2" s="76"/>
+      <c r="K2" s="76"/>
+      <c r="L2" s="76"/>
+      <c r="M2" s="76"/>
+      <c r="N2" s="76"/>
+      <c r="O2" s="76"/>
+      <c r="P2" s="76"/>
+      <c r="Q2" s="76"/>
+      <c r="R2" s="76"/>
+      <c r="S2" s="76"/>
+      <c r="T2" s="76"/>
+      <c r="U2" s="76"/>
+      <c r="V2" s="76"/>
+      <c r="W2" s="76"/>
+      <c r="X2" s="76"/>
+      <c r="Y2" s="76"/>
+      <c r="Z2" s="76"/>
+      <c r="AA2" s="76"/>
+      <c r="AB2" s="76"/>
+      <c r="AC2" s="76"/>
+      <c r="AD2" s="76"/>
+      <c r="AE2" s="76"/>
+      <c r="AF2" s="76"/>
+      <c r="AG2" s="76"/>
+      <c r="AH2" s="77"/>
     </row>
     <row r="3" spans="1:34" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="80" t="s">
+      <c r="A3" s="78" t="s">
         <v>47</v>
       </c>
-      <c r="B3" s="81"/>
-[...31 lines deleted...]
-      <c r="AH3" s="82"/>
+      <c r="B3" s="79"/>
+      <c r="C3" s="79"/>
+      <c r="D3" s="79"/>
+      <c r="E3" s="79"/>
+      <c r="F3" s="79"/>
+      <c r="G3" s="79"/>
+      <c r="H3" s="79"/>
+      <c r="I3" s="79"/>
+      <c r="J3" s="79"/>
+      <c r="K3" s="79"/>
+      <c r="L3" s="79"/>
+      <c r="M3" s="79"/>
+      <c r="N3" s="79"/>
+      <c r="O3" s="79"/>
+      <c r="P3" s="79"/>
+      <c r="Q3" s="79"/>
+      <c r="R3" s="79"/>
+      <c r="S3" s="79"/>
+      <c r="T3" s="79"/>
+      <c r="U3" s="79"/>
+      <c r="V3" s="79"/>
+      <c r="W3" s="79"/>
+      <c r="X3" s="79"/>
+      <c r="Y3" s="79"/>
+      <c r="Z3" s="79"/>
+      <c r="AA3" s="79"/>
+      <c r="AB3" s="79"/>
+      <c r="AC3" s="79"/>
+      <c r="AD3" s="79"/>
+      <c r="AE3" s="79"/>
+      <c r="AF3" s="79"/>
+      <c r="AG3" s="79"/>
+      <c r="AH3" s="80"/>
     </row>
     <row r="4" spans="1:34" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="83" t="s">
+      <c r="A4" s="81" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="85" t="s">
+      <c r="B4" s="83" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="85" t="s">
+      <c r="C4" s="83" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="87" t="s">
+      <c r="D4" s="85" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="87" t="s">
+      <c r="E4" s="85" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="87" t="s">
+      <c r="F4" s="85" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="87" t="s">
+      <c r="G4" s="85" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="87" t="s">
+      <c r="H4" s="85" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="89" t="s">
         <v>40</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="90"/>
+      <c r="K4" s="89" t="s">
         <v>39</v>
       </c>
-      <c r="L4" s="94"/>
+      <c r="L4" s="91"/>
       <c r="M4" s="70" t="s">
         <v>4</v>
       </c>
       <c r="N4" s="71"/>
       <c r="O4" s="70" t="s">
         <v>5</v>
       </c>
       <c r="P4" s="71"/>
       <c r="Q4" s="70" t="s">
         <v>6</v>
       </c>
       <c r="R4" s="71"/>
       <c r="S4" s="70" t="s">
         <v>7</v>
       </c>
       <c r="T4" s="71"/>
       <c r="U4" s="70" t="s">
         <v>8</v>
       </c>
       <c r="V4" s="71"/>
       <c r="W4" s="70" t="s">
         <v>9</v>
       </c>
       <c r="X4" s="71"/>
       <c r="Y4" s="70" t="s">
         <v>10</v>
       </c>
       <c r="Z4" s="71"/>
       <c r="AA4" s="70" t="s">
         <v>11</v>
       </c>
       <c r="AB4" s="71"/>
       <c r="AC4" s="70" t="s">
         <v>41</v>
       </c>
       <c r="AD4" s="71"/>
       <c r="AE4" s="70" t="s">
         <v>12</v>
       </c>
       <c r="AF4" s="71"/>
-      <c r="AG4" s="72" t="s">
+      <c r="AG4" s="87" t="s">
         <v>42</v>
       </c>
-      <c r="AH4" s="73"/>
+      <c r="AH4" s="88"/>
     </row>
     <row r="5" spans="1:34" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="84"/>
-[...6 lines deleted...]
-      <c r="H5" s="88"/>
+      <c r="A5" s="82"/>
+      <c r="B5" s="84"/>
+      <c r="C5" s="84"/>
+      <c r="D5" s="84"/>
+      <c r="E5" s="84"/>
+      <c r="F5" s="86"/>
+      <c r="G5" s="84"/>
+      <c r="H5" s="86"/>
       <c r="I5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="26" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="26" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="25" t="s">
@@ -6164,80 +6176,80 @@
       <c r="AE16" s="53"/>
       <c r="AF16" s="55"/>
       <c r="AG16" s="63">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="59">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="32" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
-      <c r="I17" s="89" t="s">
+      <c r="I17" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="90"/>
-[...4 lines deleted...]
-      <c r="O17" s="91" t="s">
+      <c r="J17" s="99"/>
+      <c r="K17" s="99"/>
+      <c r="L17" s="99"/>
+      <c r="M17" s="99"/>
+      <c r="N17" s="99"/>
+      <c r="O17" s="100" t="s">
         <v>50</v>
       </c>
-      <c r="P17" s="91"/>
-[...9 lines deleted...]
-      <c r="Z17" s="89" t="s">
+      <c r="P17" s="100"/>
+      <c r="Q17" s="100"/>
+      <c r="R17" s="100"/>
+      <c r="S17" s="100"/>
+      <c r="T17" s="100"/>
+      <c r="U17" s="100"/>
+      <c r="V17" s="100"/>
+      <c r="W17" s="100"/>
+      <c r="X17" s="100"/>
+      <c r="Y17" s="100"/>
+      <c r="Z17" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="AA17" s="90"/>
-[...4 lines deleted...]
-      <c r="AF17" s="90"/>
+      <c r="AA17" s="99"/>
+      <c r="AB17" s="99"/>
+      <c r="AC17" s="99"/>
+      <c r="AD17" s="99"/>
+      <c r="AE17" s="99"/>
+      <c r="AF17" s="99"/>
       <c r="AG17" s="68"/>
       <c r="AH17" s="69"/>
     </row>
     <row r="18" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="67" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="45"/>
       <c r="D18" s="45"/>
       <c r="E18" s="45"/>
       <c r="F18" s="45"/>
       <c r="G18" s="46"/>
       <c r="H18" s="46"/>
       <c r="I18" s="61">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="61">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -6833,174 +6845,174 @@
         <v>0.57145499999999994</v>
       </c>
       <c r="AB23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AC23" s="7">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AD23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AE23" s="7">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AF23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AG23" s="7"/>
       <c r="AH23" s="8"/>
     </row>
-    <row r="24" spans="1:34" ht="33" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="30">
         <f t="shared" si="4"/>
         <v>18</v>
       </c>
       <c r="B24" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="22"/>
       <c r="D24" s="22"/>
       <c r="E24" s="22"/>
       <c r="F24" s="22"/>
       <c r="G24" s="22"/>
       <c r="H24" s="22"/>
       <c r="I24" s="7"/>
       <c r="J24" s="8"/>
       <c r="K24" s="7"/>
       <c r="L24" s="8"/>
       <c r="M24" s="7"/>
       <c r="N24" s="8"/>
       <c r="O24" s="7"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="8"/>
       <c r="S24" s="7"/>
       <c r="T24" s="8"/>
       <c r="U24" s="7"/>
       <c r="V24" s="8"/>
       <c r="W24" s="7"/>
       <c r="X24" s="8"/>
       <c r="Y24" s="7"/>
       <c r="Z24" s="8"/>
       <c r="AA24" s="7"/>
       <c r="AB24" s="8"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="8"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="8"/>
-      <c r="AG24" s="95" t="s">
-[...2 lines deleted...]
-      <c r="AH24" s="96"/>
+      <c r="AG24" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH24" s="93"/>
     </row>
     <row r="25" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="7"/>
       <c r="J25" s="8"/>
       <c r="K25" s="7"/>
       <c r="L25" s="8"/>
       <c r="M25" s="7"/>
       <c r="N25" s="8"/>
       <c r="O25" s="7"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="8"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
       <c r="U25" s="7"/>
       <c r="V25" s="8"/>
       <c r="W25" s="7"/>
       <c r="X25" s="8"/>
       <c r="Y25" s="7"/>
       <c r="Z25" s="8"/>
       <c r="AA25" s="7"/>
       <c r="AB25" s="8"/>
       <c r="AC25" s="7"/>
       <c r="AD25" s="8"/>
       <c r="AE25" s="7"/>
       <c r="AF25" s="8"/>
-      <c r="AG25" s="97"/>
-      <c r="AH25" s="98"/>
+      <c r="AG25" s="94"/>
+      <c r="AH25" s="95"/>
     </row>
     <row r="26" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="7"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="8"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="8"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="8"/>
-      <c r="AG26" s="99"/>
-      <c r="AH26" s="100"/>
+      <c r="AG26" s="96"/>
+      <c r="AH26" s="97"/>
     </row>
     <row r="27" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="5">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="6">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="5">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -7228,281 +7240,281 @@
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B48303F-8584-49AF-A640-87806A115B25}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I26" sqref="I26"/>
+      <selection activeCell="AG24" sqref="AG24:AH26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="11.28515625" style="1" customWidth="1"/>
     <col min="26" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="2" customWidth="1"/>
     <col min="34" max="34" width="14" style="2" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="27" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="74" t="s">
-[...34 lines deleted...]
-      <c r="AH1" s="76"/>
+      <c r="A1" s="72" t="s">
+        <v>56</v>
+      </c>
+      <c r="B1" s="73"/>
+      <c r="C1" s="73"/>
+      <c r="D1" s="73"/>
+      <c r="E1" s="73"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="73"/>
+      <c r="H1" s="73"/>
+      <c r="I1" s="73"/>
+      <c r="J1" s="73"/>
+      <c r="K1" s="73"/>
+      <c r="L1" s="73"/>
+      <c r="M1" s="73"/>
+      <c r="N1" s="73"/>
+      <c r="O1" s="73"/>
+      <c r="P1" s="73"/>
+      <c r="Q1" s="73"/>
+      <c r="R1" s="73"/>
+      <c r="S1" s="73"/>
+      <c r="T1" s="73"/>
+      <c r="U1" s="73"/>
+      <c r="V1" s="73"/>
+      <c r="W1" s="73"/>
+      <c r="X1" s="73"/>
+      <c r="Y1" s="73"/>
+      <c r="Z1" s="73"/>
+      <c r="AA1" s="73"/>
+      <c r="AB1" s="73"/>
+      <c r="AC1" s="73"/>
+      <c r="AD1" s="73"/>
+      <c r="AE1" s="73"/>
+      <c r="AF1" s="73"/>
+      <c r="AG1" s="73"/>
+      <c r="AH1" s="74"/>
     </row>
     <row r="2" spans="1:34" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="77" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="79"/>
+      <c r="A2" s="75" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="76"/>
+      <c r="C2" s="76"/>
+      <c r="D2" s="76"/>
+      <c r="E2" s="76"/>
+      <c r="F2" s="76"/>
+      <c r="G2" s="76"/>
+      <c r="H2" s="76"/>
+      <c r="I2" s="76"/>
+      <c r="J2" s="76"/>
+      <c r="K2" s="76"/>
+      <c r="L2" s="76"/>
+      <c r="M2" s="76"/>
+      <c r="N2" s="76"/>
+      <c r="O2" s="76"/>
+      <c r="P2" s="76"/>
+      <c r="Q2" s="76"/>
+      <c r="R2" s="76"/>
+      <c r="S2" s="76"/>
+      <c r="T2" s="76"/>
+      <c r="U2" s="76"/>
+      <c r="V2" s="76"/>
+      <c r="W2" s="76"/>
+      <c r="X2" s="76"/>
+      <c r="Y2" s="76"/>
+      <c r="Z2" s="76"/>
+      <c r="AA2" s="76"/>
+      <c r="AB2" s="76"/>
+      <c r="AC2" s="76"/>
+      <c r="AD2" s="76"/>
+      <c r="AE2" s="76"/>
+      <c r="AF2" s="76"/>
+      <c r="AG2" s="76"/>
+      <c r="AH2" s="77"/>
     </row>
     <row r="3" spans="1:34" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="80" t="s">
+      <c r="A3" s="78" t="s">
         <v>45</v>
       </c>
-      <c r="B3" s="81"/>
-[...31 lines deleted...]
-      <c r="AH3" s="82"/>
+      <c r="B3" s="79"/>
+      <c r="C3" s="79"/>
+      <c r="D3" s="79"/>
+      <c r="E3" s="79"/>
+      <c r="F3" s="79"/>
+      <c r="G3" s="79"/>
+      <c r="H3" s="79"/>
+      <c r="I3" s="79"/>
+      <c r="J3" s="79"/>
+      <c r="K3" s="79"/>
+      <c r="L3" s="79"/>
+      <c r="M3" s="79"/>
+      <c r="N3" s="79"/>
+      <c r="O3" s="79"/>
+      <c r="P3" s="79"/>
+      <c r="Q3" s="79"/>
+      <c r="R3" s="79"/>
+      <c r="S3" s="79"/>
+      <c r="T3" s="79"/>
+      <c r="U3" s="79"/>
+      <c r="V3" s="79"/>
+      <c r="W3" s="79"/>
+      <c r="X3" s="79"/>
+      <c r="Y3" s="79"/>
+      <c r="Z3" s="79"/>
+      <c r="AA3" s="79"/>
+      <c r="AB3" s="79"/>
+      <c r="AC3" s="79"/>
+      <c r="AD3" s="79"/>
+      <c r="AE3" s="79"/>
+      <c r="AF3" s="79"/>
+      <c r="AG3" s="79"/>
+      <c r="AH3" s="80"/>
     </row>
     <row r="4" spans="1:34" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="83" t="s">
+      <c r="A4" s="81" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="85" t="s">
+      <c r="B4" s="83" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="85" t="s">
+      <c r="C4" s="83" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="87" t="s">
+      <c r="D4" s="85" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="87" t="s">
+      <c r="E4" s="85" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="87" t="s">
+      <c r="F4" s="85" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="87" t="s">
+      <c r="G4" s="85" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="87" t="s">
+      <c r="H4" s="85" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="89" t="s">
         <v>40</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="90"/>
+      <c r="K4" s="89" t="s">
         <v>39</v>
       </c>
-      <c r="L4" s="94"/>
+      <c r="L4" s="91"/>
       <c r="M4" s="70" t="s">
         <v>4</v>
       </c>
       <c r="N4" s="71"/>
       <c r="O4" s="70" t="s">
         <v>5</v>
       </c>
       <c r="P4" s="71"/>
       <c r="Q4" s="70" t="s">
         <v>6</v>
       </c>
       <c r="R4" s="71"/>
       <c r="S4" s="70" t="s">
         <v>7</v>
       </c>
       <c r="T4" s="71"/>
       <c r="U4" s="70" t="s">
         <v>8</v>
       </c>
       <c r="V4" s="71"/>
       <c r="W4" s="70" t="s">
         <v>9</v>
       </c>
       <c r="X4" s="71"/>
       <c r="Y4" s="70" t="s">
         <v>10</v>
       </c>
       <c r="Z4" s="71"/>
       <c r="AA4" s="70" t="s">
         <v>11</v>
       </c>
       <c r="AB4" s="71"/>
       <c r="AC4" s="70" t="s">
         <v>41</v>
       </c>
       <c r="AD4" s="71"/>
       <c r="AE4" s="70" t="s">
         <v>12</v>
       </c>
       <c r="AF4" s="71"/>
-      <c r="AG4" s="72" t="s">
+      <c r="AG4" s="87" t="s">
         <v>42</v>
       </c>
-      <c r="AH4" s="73"/>
+      <c r="AH4" s="88"/>
     </row>
     <row r="5" spans="1:34" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="84"/>
-[...6 lines deleted...]
-      <c r="H5" s="88"/>
+      <c r="A5" s="82"/>
+      <c r="B5" s="84"/>
+      <c r="C5" s="84"/>
+      <c r="D5" s="84"/>
+      <c r="E5" s="84"/>
+      <c r="F5" s="86"/>
+      <c r="G5" s="84"/>
+      <c r="H5" s="86"/>
       <c r="I5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="26" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="26" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="25" t="s">
@@ -8391,80 +8403,80 @@
       <c r="AE16" s="53"/>
       <c r="AF16" s="55"/>
       <c r="AG16" s="63">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="59">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="32" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
-      <c r="I17" s="89" t="s">
+      <c r="I17" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="90"/>
-[...4 lines deleted...]
-      <c r="O17" s="91" t="s">
+      <c r="J17" s="99"/>
+      <c r="K17" s="99"/>
+      <c r="L17" s="99"/>
+      <c r="M17" s="99"/>
+      <c r="N17" s="99"/>
+      <c r="O17" s="100" t="s">
         <v>50</v>
       </c>
-      <c r="P17" s="91"/>
-[...9 lines deleted...]
-      <c r="Z17" s="89" t="s">
+      <c r="P17" s="100"/>
+      <c r="Q17" s="100"/>
+      <c r="R17" s="100"/>
+      <c r="S17" s="100"/>
+      <c r="T17" s="100"/>
+      <c r="U17" s="100"/>
+      <c r="V17" s="100"/>
+      <c r="W17" s="100"/>
+      <c r="X17" s="100"/>
+      <c r="Y17" s="100"/>
+      <c r="Z17" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="AA17" s="90"/>
-[...4 lines deleted...]
-      <c r="AF17" s="90"/>
+      <c r="AA17" s="99"/>
+      <c r="AB17" s="99"/>
+      <c r="AC17" s="99"/>
+      <c r="AD17" s="99"/>
+      <c r="AE17" s="99"/>
+      <c r="AF17" s="99"/>
       <c r="AG17" s="68"/>
       <c r="AH17" s="69"/>
     </row>
     <row r="18" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="67" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="45"/>
       <c r="D18" s="45"/>
       <c r="E18" s="45"/>
       <c r="F18" s="45"/>
       <c r="G18" s="46"/>
       <c r="H18" s="46"/>
       <c r="I18" s="61">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>1500</v>
       </c>
       <c r="J18" s="61">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>1500</v>
       </c>
@@ -9146,136 +9158,136 @@
       </c>
       <c r="Y24" s="7">
         <v>1500</v>
       </c>
       <c r="Z24" s="7">
         <v>1500</v>
       </c>
       <c r="AA24" s="7">
         <v>1500</v>
       </c>
       <c r="AB24" s="7">
         <v>1500</v>
       </c>
       <c r="AC24" s="7">
         <v>1500</v>
       </c>
       <c r="AD24" s="7">
         <v>1500</v>
       </c>
       <c r="AE24" s="7">
         <v>1500</v>
       </c>
       <c r="AF24" s="7">
         <v>1500</v>
       </c>
-      <c r="AG24" s="95" t="s">
-[...2 lines deleted...]
-      <c r="AH24" s="96"/>
+      <c r="AG24" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH24" s="93"/>
     </row>
     <row r="25" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="7"/>
       <c r="J25" s="8"/>
       <c r="K25" s="7"/>
       <c r="L25" s="8"/>
       <c r="M25" s="7"/>
       <c r="N25" s="8"/>
       <c r="O25" s="7"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="8"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
       <c r="U25" s="7"/>
       <c r="V25" s="8"/>
       <c r="W25" s="7"/>
       <c r="X25" s="8"/>
       <c r="Y25" s="7"/>
       <c r="Z25" s="8"/>
       <c r="AA25" s="7"/>
       <c r="AB25" s="8"/>
       <c r="AC25" s="7"/>
       <c r="AD25" s="8"/>
       <c r="AE25" s="7"/>
       <c r="AF25" s="8"/>
-      <c r="AG25" s="97"/>
-      <c r="AH25" s="98"/>
+      <c r="AG25" s="94"/>
+      <c r="AH25" s="95"/>
     </row>
     <row r="26" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="7"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="8"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="8"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="8"/>
-      <c r="AG26" s="99"/>
-      <c r="AH26" s="100"/>
+      <c r="AG26" s="96"/>
+      <c r="AH26" s="97"/>
     </row>
     <row r="27" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="5">
         <f>I18/I23</f>
         <v>2624.8785993647798</v>
       </c>
       <c r="J27" s="6">
         <f>J18/J23</f>
         <v>2624.8785993647798</v>
       </c>
       <c r="K27" s="5">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -9469,312 +9481,312 @@
         <f t="shared" si="21"/>
         <v>2.0253692896333177E-3</v>
       </c>
       <c r="AD28" s="43">
         <f t="shared" si="21"/>
         <v>2.0253692896333177E-3</v>
       </c>
       <c r="AE28" s="66">
         <f t="shared" si="21"/>
         <v>2.0253692896333177E-3</v>
       </c>
       <c r="AF28" s="43">
         <f t="shared" si="21"/>
         <v>2.0253692896333177E-3</v>
       </c>
       <c r="AG28" s="66"/>
       <c r="AH28" s="43"/>
     </row>
   </sheetData>
   <mergeCells count="29">
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="I17:N17"/>
     <mergeCell ref="O17:W17"/>
     <mergeCell ref="X17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="U4:V4"/>
+    <mergeCell ref="W4:X4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AA4:AB4"/>
+    <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
-    <mergeCell ref="S4:T4"/>
-[...4 lines deleted...]
-    <mergeCell ref="AC4:AD4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="37" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2ED2BF43-3365-45CE-831D-810DA20149D8}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+      <selection activeCell="AG24" sqref="AG24:AH26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="17" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="2" customWidth="1"/>
     <col min="34" max="34" width="14" style="2" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="27" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="74" t="s">
-[...34 lines deleted...]
-      <c r="AH1" s="76"/>
+      <c r="A1" s="72" t="s">
+        <v>57</v>
+      </c>
+      <c r="B1" s="73"/>
+      <c r="C1" s="73"/>
+      <c r="D1" s="73"/>
+      <c r="E1" s="73"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="73"/>
+      <c r="H1" s="73"/>
+      <c r="I1" s="73"/>
+      <c r="J1" s="73"/>
+      <c r="K1" s="73"/>
+      <c r="L1" s="73"/>
+      <c r="M1" s="73"/>
+      <c r="N1" s="73"/>
+      <c r="O1" s="73"/>
+      <c r="P1" s="73"/>
+      <c r="Q1" s="73"/>
+      <c r="R1" s="73"/>
+      <c r="S1" s="73"/>
+      <c r="T1" s="73"/>
+      <c r="U1" s="73"/>
+      <c r="V1" s="73"/>
+      <c r="W1" s="73"/>
+      <c r="X1" s="73"/>
+      <c r="Y1" s="73"/>
+      <c r="Z1" s="73"/>
+      <c r="AA1" s="73"/>
+      <c r="AB1" s="73"/>
+      <c r="AC1" s="73"/>
+      <c r="AD1" s="73"/>
+      <c r="AE1" s="73"/>
+      <c r="AF1" s="73"/>
+      <c r="AG1" s="73"/>
+      <c r="AH1" s="74"/>
     </row>
     <row r="2" spans="1:34" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="77" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="79"/>
+      <c r="A2" s="75" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="76"/>
+      <c r="C2" s="76"/>
+      <c r="D2" s="76"/>
+      <c r="E2" s="76"/>
+      <c r="F2" s="76"/>
+      <c r="G2" s="76"/>
+      <c r="H2" s="76"/>
+      <c r="I2" s="76"/>
+      <c r="J2" s="76"/>
+      <c r="K2" s="76"/>
+      <c r="L2" s="76"/>
+      <c r="M2" s="76"/>
+      <c r="N2" s="76"/>
+      <c r="O2" s="76"/>
+      <c r="P2" s="76"/>
+      <c r="Q2" s="76"/>
+      <c r="R2" s="76"/>
+      <c r="S2" s="76"/>
+      <c r="T2" s="76"/>
+      <c r="U2" s="76"/>
+      <c r="V2" s="76"/>
+      <c r="W2" s="76"/>
+      <c r="X2" s="76"/>
+      <c r="Y2" s="76"/>
+      <c r="Z2" s="76"/>
+      <c r="AA2" s="76"/>
+      <c r="AB2" s="76"/>
+      <c r="AC2" s="76"/>
+      <c r="AD2" s="76"/>
+      <c r="AE2" s="76"/>
+      <c r="AF2" s="76"/>
+      <c r="AG2" s="76"/>
+      <c r="AH2" s="77"/>
     </row>
     <row r="3" spans="1:34" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="80" t="s">
+      <c r="A3" s="78" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="81"/>
-[...31 lines deleted...]
-      <c r="AH3" s="82"/>
+      <c r="B3" s="79"/>
+      <c r="C3" s="79"/>
+      <c r="D3" s="79"/>
+      <c r="E3" s="79"/>
+      <c r="F3" s="79"/>
+      <c r="G3" s="79"/>
+      <c r="H3" s="79"/>
+      <c r="I3" s="79"/>
+      <c r="J3" s="79"/>
+      <c r="K3" s="79"/>
+      <c r="L3" s="79"/>
+      <c r="M3" s="79"/>
+      <c r="N3" s="79"/>
+      <c r="O3" s="79"/>
+      <c r="P3" s="79"/>
+      <c r="Q3" s="79"/>
+      <c r="R3" s="79"/>
+      <c r="S3" s="79"/>
+      <c r="T3" s="79"/>
+      <c r="U3" s="79"/>
+      <c r="V3" s="79"/>
+      <c r="W3" s="79"/>
+      <c r="X3" s="79"/>
+      <c r="Y3" s="79"/>
+      <c r="Z3" s="79"/>
+      <c r="AA3" s="79"/>
+      <c r="AB3" s="79"/>
+      <c r="AC3" s="79"/>
+      <c r="AD3" s="79"/>
+      <c r="AE3" s="79"/>
+      <c r="AF3" s="79"/>
+      <c r="AG3" s="79"/>
+      <c r="AH3" s="80"/>
     </row>
     <row r="4" spans="1:34" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="83" t="s">
+      <c r="A4" s="81" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="85" t="s">
+      <c r="B4" s="83" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="85" t="s">
+      <c r="C4" s="83" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="87" t="s">
+      <c r="D4" s="85" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="87" t="s">
+      <c r="E4" s="85" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="87" t="s">
+      <c r="F4" s="85" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="87" t="s">
+      <c r="G4" s="85" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="87" t="s">
+      <c r="H4" s="85" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="89" t="s">
         <v>40</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="90"/>
+      <c r="K4" s="89" t="s">
         <v>39</v>
       </c>
-      <c r="L4" s="94"/>
+      <c r="L4" s="91"/>
       <c r="M4" s="70" t="s">
         <v>4</v>
       </c>
       <c r="N4" s="71"/>
       <c r="O4" s="70" t="s">
         <v>5</v>
       </c>
       <c r="P4" s="71"/>
       <c r="Q4" s="70" t="s">
         <v>6</v>
       </c>
       <c r="R4" s="71"/>
       <c r="S4" s="70" t="s">
         <v>7</v>
       </c>
       <c r="T4" s="71"/>
       <c r="U4" s="70" t="s">
         <v>8</v>
       </c>
       <c r="V4" s="71"/>
       <c r="W4" s="70" t="s">
         <v>9</v>
       </c>
       <c r="X4" s="71"/>
       <c r="Y4" s="70" t="s">
         <v>10</v>
       </c>
       <c r="Z4" s="71"/>
       <c r="AA4" s="70" t="s">
         <v>11</v>
       </c>
       <c r="AB4" s="71"/>
       <c r="AC4" s="70" t="s">
         <v>41</v>
       </c>
       <c r="AD4" s="71"/>
       <c r="AE4" s="70" t="s">
         <v>12</v>
       </c>
       <c r="AF4" s="71"/>
-      <c r="AG4" s="72" t="s">
+      <c r="AG4" s="87" t="s">
         <v>42</v>
       </c>
-      <c r="AH4" s="73"/>
+      <c r="AH4" s="88"/>
     </row>
     <row r="5" spans="1:34" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="84"/>
-[...6 lines deleted...]
-      <c r="H5" s="88"/>
+      <c r="A5" s="82"/>
+      <c r="B5" s="84"/>
+      <c r="C5" s="84"/>
+      <c r="D5" s="84"/>
+      <c r="E5" s="84"/>
+      <c r="F5" s="86"/>
+      <c r="G5" s="84"/>
+      <c r="H5" s="86"/>
       <c r="I5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="26" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="25" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="26" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="25" t="s">
@@ -10659,80 +10671,80 @@
       <c r="AE16" s="53"/>
       <c r="AF16" s="55"/>
       <c r="AG16" s="63">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="59">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="32" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
-      <c r="I17" s="89" t="s">
+      <c r="I17" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="90"/>
-[...4 lines deleted...]
-      <c r="O17" s="91" t="s">
+      <c r="J17" s="99"/>
+      <c r="K17" s="99"/>
+      <c r="L17" s="99"/>
+      <c r="M17" s="99"/>
+      <c r="N17" s="99"/>
+      <c r="O17" s="100" t="s">
         <v>50</v>
       </c>
-      <c r="P17" s="91"/>
-[...9 lines deleted...]
-      <c r="Z17" s="89" t="s">
+      <c r="P17" s="100"/>
+      <c r="Q17" s="100"/>
+      <c r="R17" s="100"/>
+      <c r="S17" s="100"/>
+      <c r="T17" s="100"/>
+      <c r="U17" s="100"/>
+      <c r="V17" s="100"/>
+      <c r="W17" s="100"/>
+      <c r="X17" s="100"/>
+      <c r="Y17" s="100"/>
+      <c r="Z17" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="AA17" s="90"/>
-[...4 lines deleted...]
-      <c r="AF17" s="90"/>
+      <c r="AA17" s="99"/>
+      <c r="AB17" s="99"/>
+      <c r="AC17" s="99"/>
+      <c r="AD17" s="99"/>
+      <c r="AE17" s="99"/>
+      <c r="AF17" s="99"/>
       <c r="AG17" s="68"/>
       <c r="AH17" s="69"/>
     </row>
     <row r="18" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="67" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="45"/>
       <c r="D18" s="45"/>
       <c r="E18" s="45"/>
       <c r="F18" s="45"/>
       <c r="G18" s="46"/>
       <c r="H18" s="46"/>
       <c r="I18" s="61">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="61">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -11366,136 +11378,136 @@
       <c r="H24" s="22"/>
       <c r="I24" s="7"/>
       <c r="J24" s="8"/>
       <c r="K24" s="7"/>
       <c r="L24" s="8"/>
       <c r="M24" s="7"/>
       <c r="N24" s="8"/>
       <c r="O24" s="7"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="8"/>
       <c r="S24" s="7"/>
       <c r="T24" s="8"/>
       <c r="U24" s="7"/>
       <c r="V24" s="8"/>
       <c r="W24" s="7"/>
       <c r="X24" s="8"/>
       <c r="Y24" s="7"/>
       <c r="Z24" s="8"/>
       <c r="AA24" s="7"/>
       <c r="AB24" s="8"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="8"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="8"/>
-      <c r="AG24" s="95" t="s">
-[...2 lines deleted...]
-      <c r="AH24" s="96"/>
+      <c r="AG24" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH24" s="93"/>
     </row>
     <row r="25" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="7"/>
       <c r="J25" s="8"/>
       <c r="K25" s="7"/>
       <c r="L25" s="8"/>
       <c r="M25" s="7"/>
       <c r="N25" s="8"/>
       <c r="O25" s="7"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="8"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
       <c r="U25" s="7"/>
       <c r="V25" s="8"/>
       <c r="W25" s="7"/>
       <c r="X25" s="8"/>
       <c r="Y25" s="7"/>
       <c r="Z25" s="8"/>
       <c r="AA25" s="7"/>
       <c r="AB25" s="8"/>
       <c r="AC25" s="7"/>
       <c r="AD25" s="8"/>
       <c r="AE25" s="7"/>
       <c r="AF25" s="8"/>
-      <c r="AG25" s="97"/>
-      <c r="AH25" s="98"/>
+      <c r="AG25" s="94"/>
+      <c r="AH25" s="95"/>
     </row>
     <row r="26" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="7"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="8"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="8"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="8"/>
-      <c r="AG26" s="99"/>
-      <c r="AH26" s="100"/>
+      <c r="AG26" s="96"/>
+      <c r="AH26" s="97"/>
     </row>
     <row r="27" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="5">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="6">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="5">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -11689,74 +11701,74 @@
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AD28" s="43">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AE28" s="66">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AF28" s="43">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AG28" s="66"/>
       <c r="AH28" s="43"/>
     </row>
   </sheetData>
   <mergeCells count="29">
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="I17:N17"/>
     <mergeCell ref="O17:W17"/>
     <mergeCell ref="X17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="U4:V4"/>
+    <mergeCell ref="W4:X4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AA4:AB4"/>
+    <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
-    <mergeCell ref="S4:T4"/>
-[...4 lines deleted...]
-    <mergeCell ref="AC4:AD4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="37" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>ტბისი-კუმისი</vt:lpstr>
       <vt:lpstr>ასურეთის</vt:lpstr>