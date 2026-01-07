--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -7,56 +7,56 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\რეჟიმები\რეჟიმი დამტკიცებული 2025\რეჟიმი დამტკიცებული 2025\ქვემო ქართლი\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\საპროგნოზო რეჟიმები ასათვირთი\დანართი N1 პროფილური მომხმარებელი 2026\ქვემო ქართლი\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7BE72FF5-A2B1-46E6-BD59-DCE497AA70BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{00445A72-2006-414A-AA53-EC525C730C5D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" tabRatio="956" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" tabRatio="956" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ზედა არხი" sheetId="23" r:id="rId1"/>
     <sheet name="იმირასანის არხი" sheetId="24" r:id="rId2"/>
     <sheet name="კაზრეთის არხი" sheetId="26" r:id="rId3"/>
     <sheet name="დმანისი-განთიადის არხი" sheetId="27" r:id="rId4"/>
     <sheet name="არახლო" sheetId="28" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -1192,54 +1192,58 @@
   <c r="K28" i="26" s="1"/>
   <c r="R27" i="26"/>
   <c r="R28" i="26" s="1"/>
   <c r="R18" i="26"/>
   <c r="AC27" i="26"/>
   <c r="AC28" i="26" s="1"/>
   <c r="AC18" i="26"/>
   <c r="U18" i="26"/>
   <c r="P18" i="26"/>
   <c r="P27" i="26" s="1"/>
   <c r="P28" i="26" s="1"/>
   <c r="AB27" i="26"/>
   <c r="AB28" i="26" s="1"/>
   <c r="AB18" i="26"/>
   <c r="Q18" i="26"/>
   <c r="V18" i="26"/>
   <c r="V27" i="26" s="1"/>
   <c r="V28" i="26" s="1"/>
   <c r="X18" i="26"/>
   <c r="X27" i="26" s="1"/>
   <c r="X28" i="26" s="1"/>
   <c r="Y18" i="24"/>
   <c r="Y27" i="24" s="1"/>
   <c r="Y28" i="24" s="1"/>
   <c r="S18" i="24"/>
+  <c r="S27" i="24" s="1"/>
+  <c r="S28" i="24" s="1"/>
   <c r="AE18" i="24"/>
   <c r="AE27" i="24" s="1"/>
   <c r="AE28" i="24" s="1"/>
   <c r="Q18" i="24"/>
+  <c r="Q27" i="24" s="1"/>
+  <c r="Q28" i="24" s="1"/>
   <c r="P18" i="24"/>
   <c r="P27" i="24" s="1"/>
   <c r="P28" i="24" s="1"/>
   <c r="X18" i="24"/>
   <c r="X27" i="24" s="1"/>
   <c r="X28" i="24" s="1"/>
   <c r="W18" i="24"/>
   <c r="W27" i="24" s="1"/>
   <c r="W28" i="24" s="1"/>
   <c r="AB18" i="24"/>
   <c r="AB27" i="24" s="1"/>
   <c r="AB28" i="24" s="1"/>
   <c r="AC18" i="24"/>
   <c r="AC27" i="24" s="1"/>
   <c r="AC28" i="24" s="1"/>
   <c r="K18" i="24"/>
   <c r="AH16" i="28"/>
   <c r="AH14" i="28"/>
   <c r="U18" i="28"/>
   <c r="U27" i="28" s="1"/>
   <c r="U28" i="28" s="1"/>
   <c r="J18" i="28"/>
   <c r="AH9" i="28"/>
   <c r="AH8" i="28"/>
   <c r="W18" i="28"/>
@@ -1316,66 +1320,62 @@
   <c r="S27" i="27" s="1"/>
   <c r="S28" i="27" s="1"/>
   <c r="AH13" i="27"/>
   <c r="O18" i="27"/>
   <c r="O27" i="27" s="1"/>
   <c r="O28" i="27" s="1"/>
   <c r="Q18" i="27"/>
   <c r="Q27" i="27" s="1"/>
   <c r="Q28" i="27" s="1"/>
   <c r="AH7" i="26"/>
   <c r="AH14" i="26"/>
   <c r="AH9" i="26"/>
   <c r="U27" i="26"/>
   <c r="U28" i="26" s="1"/>
   <c r="AH11" i="26"/>
   <c r="I28" i="26"/>
   <c r="AH13" i="26"/>
   <c r="O27" i="26"/>
   <c r="O28" i="26" s="1"/>
   <c r="N27" i="26"/>
   <c r="N28" i="26" s="1"/>
   <c r="AH10" i="26"/>
   <c r="AH12" i="26"/>
   <c r="Q27" i="26"/>
   <c r="Q28" i="26" s="1"/>
-  <c r="Q27" i="24"/>
-  <c r="Q28" i="24" s="1"/>
   <c r="AH8" i="24"/>
   <c r="AH16" i="24"/>
   <c r="AH12" i="24"/>
   <c r="N27" i="24"/>
   <c r="N28" i="24" s="1"/>
   <c r="AH10" i="24"/>
   <c r="K27" i="24"/>
   <c r="K28" i="24" s="1"/>
   <c r="AH7" i="24"/>
   <c r="AH13" i="24"/>
   <c r="O27" i="24"/>
   <c r="O28" i="24" s="1"/>
-  <c r="S27" i="24"/>
-  <c r="S28" i="24" s="1"/>
   <c r="AH9" i="24"/>
   <c r="I28" i="24"/>
   <c r="AH15" i="24"/>
   <c r="AG18" i="23"/>
   <c r="J27" i="28" l="1"/>
   <c r="AH18" i="28"/>
   <c r="J27" i="27"/>
   <c r="AH18" i="27"/>
   <c r="J27" i="26"/>
   <c r="AH18" i="26"/>
   <c r="J27" i="24"/>
   <c r="AH18" i="24"/>
   <c r="D16" i="23"/>
   <c r="E16" i="23" s="1"/>
   <c r="G16" i="23" s="1"/>
   <c r="D15" i="23"/>
   <c r="E15" i="23" s="1"/>
   <c r="G15" i="23" s="1"/>
   <c r="D14" i="23"/>
   <c r="E14" i="23" s="1"/>
   <c r="G14" i="23" s="1"/>
   <c r="D13" i="23"/>
   <c r="E13" i="23" s="1"/>
   <c r="G13" i="23" s="1"/>
   <c r="D12" i="23"/>
@@ -1421,99 +1421,99 @@
   <c r="S13" i="23"/>
   <c r="O13" i="23"/>
   <c r="X12" i="23"/>
   <c r="T12" i="23"/>
   <c r="R12" i="23"/>
   <c r="V12" i="23"/>
   <c r="P12" i="23"/>
   <c r="U11" i="23"/>
   <c r="W11" i="23"/>
   <c r="S11" i="23"/>
   <c r="N10" i="23"/>
   <c r="P10" i="23"/>
   <c r="P18" i="23" s="1"/>
   <c r="AC9" i="23"/>
   <c r="K9" i="23"/>
   <c r="AE9" i="23"/>
   <c r="J9" i="23"/>
   <c r="S8" i="23"/>
   <c r="U8" i="23"/>
   <c r="Q8" i="23"/>
   <c r="W8" i="23"/>
   <c r="W7" i="23"/>
   <c r="Q7" i="23"/>
   <c r="K7" i="23"/>
   <c r="AB7" i="23"/>
-  <c r="N27" i="23" l="1"/>
+  <c r="N18" i="23" l="1"/>
+  <c r="N27" i="23" s="1"/>
   <c r="N28" i="23" s="1"/>
-  <c r="N18" i="23"/>
   <c r="O18" i="23"/>
   <c r="O27" i="23" s="1"/>
   <c r="O28" i="23" s="1"/>
   <c r="AC18" i="23"/>
   <c r="AC27" i="23" s="1"/>
   <c r="AC28" i="23" s="1"/>
   <c r="AB18" i="23"/>
   <c r="AB27" i="23" s="1"/>
   <c r="AB28" i="23" s="1"/>
   <c r="K18" i="23"/>
   <c r="K27" i="23" s="1"/>
   <c r="Q18" i="23"/>
   <c r="Q27" i="23" s="1"/>
   <c r="Q28" i="23" s="1"/>
   <c r="W18" i="23"/>
   <c r="W27" i="23" s="1"/>
   <c r="W28" i="23" s="1"/>
   <c r="U18" i="23"/>
   <c r="U27" i="23" s="1"/>
   <c r="U28" i="23" s="1"/>
-  <c r="V27" i="23"/>
+  <c r="V18" i="23"/>
+  <c r="V27" i="23" s="1"/>
   <c r="V28" i="23" s="1"/>
-  <c r="V18" i="23"/>
   <c r="S18" i="23"/>
+  <c r="S27" i="23" s="1"/>
+  <c r="S28" i="23" s="1"/>
   <c r="R18" i="23"/>
   <c r="R27" i="23" s="1"/>
   <c r="R28" i="23" s="1"/>
   <c r="Y18" i="23"/>
   <c r="Y27" i="23" s="1"/>
   <c r="Y28" i="23" s="1"/>
   <c r="J18" i="23"/>
   <c r="J27" i="23" s="1"/>
   <c r="J28" i="23" s="1"/>
   <c r="T18" i="23"/>
   <c r="T27" i="23" s="1"/>
   <c r="T28" i="23" s="1"/>
   <c r="AE18" i="23"/>
   <c r="AE27" i="23" s="1"/>
   <c r="AE28" i="23" s="1"/>
   <c r="X18" i="23"/>
   <c r="X27" i="23" s="1"/>
   <c r="X28" i="23" s="1"/>
   <c r="P27" i="23"/>
   <c r="P28" i="23" s="1"/>
-  <c r="S27" i="23"/>
-  <c r="S28" i="23" s="1"/>
   <c r="AH11" i="23"/>
   <c r="AH16" i="23"/>
   <c r="AH15" i="23"/>
   <c r="AH14" i="23"/>
   <c r="AH13" i="23"/>
   <c r="AH12" i="23"/>
   <c r="AH10" i="23"/>
   <c r="AH9" i="23"/>
   <c r="AH8" i="23"/>
   <c r="AH7" i="23"/>
   <c r="AH18" i="23" l="1"/>
   <c r="K28" i="23"/>
   <c r="AH27" i="23"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="58">
   <si>
     <t>აგროვადების მიხედვით დადგენილი მორწყვის ნორმები, ჯერადობა და ვადები კულტურების მიხედვით</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
@@ -1818,51 +1818,51 @@
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> მოცულობა</t>
     </r>
   </si>
   <si>
     <t>ზედა არხი</t>
   </si>
   <si>
     <t>იმირასანის არხი</t>
   </si>
   <si>
     <t>კაზრეთის არხი</t>
   </si>
   <si>
     <t>დმანისი-განთიადის არხი</t>
   </si>
   <si>
     <t>არახლოს არხი</t>
   </si>
   <si>
-    <t>ესხებათ პირველი კატეგორიის დეფიციტი</t>
+    <t>ეხებათ პირველი კატეგორიის დეფიციტი</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
@@ -1954,51 +1954,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="39">
+  <borders count="40">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2446,56 +2446,65 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="114">
+  <cellXfs count="115">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -2697,88 +2706,82 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="35" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -2787,51 +2790,60 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3096,289 +3108,289 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C859E925-BC13-4DBE-BD6F-1CF0528E2915}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:AH28"/>
   <sheetViews>
-    <sheetView zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="56" workbookViewId="0">
-      <selection activeCell="J17" sqref="J17:AE17"/>
+    <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="56" workbookViewId="0">
+      <selection activeCell="J25" sqref="J25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="10.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="12" style="1" customWidth="1"/>
     <col min="8" max="8" width="14.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="28.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="18.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="14.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="28" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="29" max="31" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="20.42578125" style="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="2" customWidth="1"/>
     <col min="34" max="34" width="16.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="35" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="98" t="s">
+      <c r="A1" s="96" t="s">
         <v>52</v>
       </c>
-      <c r="B1" s="99"/>
-[...31 lines deleted...]
-      <c r="AH1" s="100"/>
+      <c r="B1" s="97"/>
+      <c r="C1" s="97"/>
+      <c r="D1" s="97"/>
+      <c r="E1" s="97"/>
+      <c r="F1" s="97"/>
+      <c r="G1" s="97"/>
+      <c r="H1" s="97"/>
+      <c r="I1" s="97"/>
+      <c r="J1" s="97"/>
+      <c r="K1" s="97"/>
+      <c r="L1" s="97"/>
+      <c r="M1" s="97"/>
+      <c r="N1" s="97"/>
+      <c r="O1" s="97"/>
+      <c r="P1" s="97"/>
+      <c r="Q1" s="97"/>
+      <c r="R1" s="97"/>
+      <c r="S1" s="97"/>
+      <c r="T1" s="97"/>
+      <c r="U1" s="97"/>
+      <c r="V1" s="97"/>
+      <c r="W1" s="97"/>
+      <c r="X1" s="97"/>
+      <c r="Y1" s="97"/>
+      <c r="Z1" s="97"/>
+      <c r="AA1" s="97"/>
+      <c r="AB1" s="97"/>
+      <c r="AC1" s="97"/>
+      <c r="AD1" s="97"/>
+      <c r="AE1" s="97"/>
+      <c r="AF1" s="97"/>
+      <c r="AG1" s="97"/>
+      <c r="AH1" s="98"/>
     </row>
     <row r="2" spans="1:34" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="101" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="103"/>
+      <c r="A2" s="99" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="100"/>
+      <c r="C2" s="100"/>
+      <c r="D2" s="100"/>
+      <c r="E2" s="100"/>
+      <c r="F2" s="100"/>
+      <c r="G2" s="100"/>
+      <c r="H2" s="100"/>
+      <c r="I2" s="100"/>
+      <c r="J2" s="100"/>
+      <c r="K2" s="100"/>
+      <c r="L2" s="100"/>
+      <c r="M2" s="100"/>
+      <c r="N2" s="100"/>
+      <c r="O2" s="100"/>
+      <c r="P2" s="100"/>
+      <c r="Q2" s="100"/>
+      <c r="R2" s="100"/>
+      <c r="S2" s="100"/>
+      <c r="T2" s="100"/>
+      <c r="U2" s="100"/>
+      <c r="V2" s="100"/>
+      <c r="W2" s="100"/>
+      <c r="X2" s="100"/>
+      <c r="Y2" s="100"/>
+      <c r="Z2" s="100"/>
+      <c r="AA2" s="100"/>
+      <c r="AB2" s="100"/>
+      <c r="AC2" s="100"/>
+      <c r="AD2" s="100"/>
+      <c r="AE2" s="100"/>
+      <c r="AF2" s="100"/>
+      <c r="AG2" s="100"/>
+      <c r="AH2" s="101"/>
     </row>
     <row r="3" spans="1:34" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="104" t="s">
+      <c r="A3" s="102" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="105"/>
-[...31 lines deleted...]
-      <c r="AH3" s="106"/>
+      <c r="B3" s="103"/>
+      <c r="C3" s="103"/>
+      <c r="D3" s="103"/>
+      <c r="E3" s="103"/>
+      <c r="F3" s="103"/>
+      <c r="G3" s="103"/>
+      <c r="H3" s="103"/>
+      <c r="I3" s="103"/>
+      <c r="J3" s="103"/>
+      <c r="K3" s="103"/>
+      <c r="L3" s="103"/>
+      <c r="M3" s="103"/>
+      <c r="N3" s="103"/>
+      <c r="O3" s="103"/>
+      <c r="P3" s="103"/>
+      <c r="Q3" s="103"/>
+      <c r="R3" s="103"/>
+      <c r="S3" s="103"/>
+      <c r="T3" s="103"/>
+      <c r="U3" s="103"/>
+      <c r="V3" s="103"/>
+      <c r="W3" s="103"/>
+      <c r="X3" s="103"/>
+      <c r="Y3" s="103"/>
+      <c r="Z3" s="103"/>
+      <c r="AA3" s="103"/>
+      <c r="AB3" s="103"/>
+      <c r="AC3" s="103"/>
+      <c r="AD3" s="103"/>
+      <c r="AE3" s="103"/>
+      <c r="AF3" s="103"/>
+      <c r="AG3" s="103"/>
+      <c r="AH3" s="104"/>
     </row>
     <row r="4" spans="1:34" ht="52.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="109" t="s">
+      <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="111" t="s">
+      <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="111" t="s">
+      <c r="C4" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="94" t="s">
+      <c r="D4" s="111" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="94" t="s">
+      <c r="E4" s="111" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="94" t="s">
+      <c r="F4" s="111" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="94" t="s">
+      <c r="G4" s="111" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="94" t="s">
+      <c r="H4" s="111" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="107" t="s">
+      <c r="I4" s="105" t="s">
         <v>40</v>
       </c>
-      <c r="J4" s="108"/>
-      <c r="K4" s="107" t="s">
+      <c r="J4" s="106"/>
+      <c r="K4" s="105" t="s">
         <v>39</v>
       </c>
       <c r="L4" s="113"/>
-      <c r="M4" s="92" t="s">
+      <c r="M4" s="83" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="84"/>
+      <c r="O4" s="83" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="92" t="s">
+      <c r="P4" s="84"/>
+      <c r="Q4" s="83" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="93"/>
-      <c r="S4" s="92" t="s">
+      <c r="R4" s="84"/>
+      <c r="S4" s="83" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="93"/>
-      <c r="U4" s="92" t="s">
+      <c r="T4" s="84"/>
+      <c r="U4" s="83" t="s">
         <v>42</v>
       </c>
-      <c r="V4" s="93"/>
-      <c r="W4" s="92" t="s">
+      <c r="V4" s="84"/>
+      <c r="W4" s="83" t="s">
         <v>8</v>
       </c>
-      <c r="X4" s="93"/>
-      <c r="Y4" s="92" t="s">
+      <c r="X4" s="84"/>
+      <c r="Y4" s="83" t="s">
         <v>9</v>
       </c>
-      <c r="Z4" s="93"/>
-      <c r="AA4" s="92" t="s">
+      <c r="Z4" s="84"/>
+      <c r="AA4" s="83" t="s">
         <v>10</v>
       </c>
-      <c r="AB4" s="93"/>
-      <c r="AC4" s="92" t="s">
+      <c r="AB4" s="84"/>
+      <c r="AC4" s="83" t="s">
         <v>41</v>
       </c>
-      <c r="AD4" s="93"/>
-      <c r="AE4" s="92" t="s">
+      <c r="AD4" s="84"/>
+      <c r="AE4" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="AF4" s="93"/>
-      <c r="AG4" s="96" t="s">
+      <c r="AF4" s="84"/>
+      <c r="AG4" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="97"/>
+      <c r="AH4" s="95"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="110"/>
-[...6 lines deleted...]
-      <c r="H5" s="95"/>
+      <c r="A5" s="108"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="110"/>
+      <c r="D5" s="110"/>
+      <c r="E5" s="110"/>
+      <c r="F5" s="112"/>
+      <c r="G5" s="110"/>
+      <c r="H5" s="112"/>
       <c r="I5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="28" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="L5" s="29" t="s">
         <v>13</v>
       </c>
       <c r="M5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="N5" s="28" t="s">
         <v>13</v>
       </c>
       <c r="O5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="P5" s="28" t="s">
         <v>14</v>
       </c>
       <c r="Q5" s="27" t="s">
@@ -4295,74 +4307,74 @@
         <f>F16*H16</f>
         <v>52.199999999999996</v>
       </c>
       <c r="AH16" s="62">
         <f t="shared" si="6"/>
         <v>73654.2</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="128.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="81" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="24"/>
       <c r="D17" s="24"/>
       <c r="E17" s="24"/>
       <c r="F17" s="24"/>
       <c r="G17" s="24"/>
       <c r="H17" s="24"/>
       <c r="I17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="89" t="s">
+      <c r="J17" s="91" t="s">
         <v>48</v>
       </c>
-      <c r="K17" s="90"/>
-[...19 lines deleted...]
-      <c r="AE17" s="91"/>
+      <c r="K17" s="92"/>
+      <c r="L17" s="92"/>
+      <c r="M17" s="92"/>
+      <c r="N17" s="92"/>
+      <c r="O17" s="92"/>
+      <c r="P17" s="92"/>
+      <c r="Q17" s="92"/>
+      <c r="R17" s="92"/>
+      <c r="S17" s="92"/>
+      <c r="T17" s="92"/>
+      <c r="U17" s="92"/>
+      <c r="V17" s="92"/>
+      <c r="W17" s="92"/>
+      <c r="X17" s="92"/>
+      <c r="Y17" s="92"/>
+      <c r="Z17" s="92"/>
+      <c r="AA17" s="92"/>
+      <c r="AB17" s="92"/>
+      <c r="AC17" s="92"/>
+      <c r="AD17" s="92"/>
+      <c r="AE17" s="93"/>
       <c r="AF17" s="82" t="s">
         <v>47</v>
       </c>
       <c r="AG17" s="70"/>
       <c r="AH17" s="71"/>
     </row>
     <row r="18" spans="1:34" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="54" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="44"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
       <c r="F18" s="44"/>
       <c r="G18" s="45"/>
       <c r="H18" s="45"/>
       <c r="I18" s="64">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>1607040</v>
       </c>
       <c r="J18" s="64">
@@ -4999,54 +5011,54 @@
       <c r="H24" s="74"/>
       <c r="I24" s="75"/>
       <c r="J24" s="75"/>
       <c r="K24" s="75"/>
       <c r="L24" s="75"/>
       <c r="M24" s="75"/>
       <c r="N24" s="75"/>
       <c r="O24" s="75"/>
       <c r="P24" s="75"/>
       <c r="Q24" s="75"/>
       <c r="R24" s="75"/>
       <c r="S24" s="75"/>
       <c r="T24" s="75"/>
       <c r="U24" s="75"/>
       <c r="V24" s="75"/>
       <c r="W24" s="75"/>
       <c r="X24" s="75"/>
       <c r="Y24" s="75"/>
       <c r="Z24" s="75"/>
       <c r="AA24" s="75"/>
       <c r="AB24" s="75"/>
       <c r="AC24" s="75"/>
       <c r="AD24" s="75"/>
       <c r="AE24" s="75"/>
       <c r="AF24" s="75"/>
-      <c r="AG24" s="83" t="s">
+      <c r="AG24" s="85" t="s">
         <v>57</v>
       </c>
-      <c r="AH24" s="84"/>
+      <c r="AH24" s="86"/>
     </row>
     <row r="25" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="72" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="24"/>
       <c r="D25" s="23"/>
       <c r="E25" s="24"/>
       <c r="F25" s="24"/>
       <c r="G25" s="24"/>
       <c r="H25" s="74"/>
       <c r="I25" s="76">
         <v>0</v>
       </c>
       <c r="J25" s="76">
         <v>0</v>
       </c>
       <c r="K25" s="76">
         <v>0</v>
       </c>
       <c r="L25" s="76">
@@ -5090,52 +5102,52 @@
       </c>
       <c r="Y25" s="76">
         <v>357.5</v>
       </c>
       <c r="Z25" s="76">
         <v>357.5</v>
       </c>
       <c r="AA25" s="76">
         <v>645.5</v>
       </c>
       <c r="AB25" s="76">
         <v>645.5</v>
       </c>
       <c r="AC25" s="76">
         <v>200</v>
       </c>
       <c r="AD25" s="76">
         <v>200</v>
       </c>
       <c r="AE25" s="76">
         <v>0</v>
       </c>
       <c r="AF25" s="76">
         <v>0</v>
       </c>
-      <c r="AG25" s="85"/>
-      <c r="AH25" s="86"/>
+      <c r="AG25" s="87"/>
+      <c r="AH25" s="88"/>
     </row>
     <row r="26" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="72" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="24"/>
       <c r="D26" s="23"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="74"/>
       <c r="I26" s="77">
         <v>1607040</v>
       </c>
       <c r="J26" s="77">
         <v>1607040</v>
       </c>
       <c r="K26" s="77">
         <v>1451520</v>
       </c>
       <c r="L26" s="77">
@@ -5159,52 +5171,52 @@
       <c r="T26" s="77"/>
       <c r="U26" s="77"/>
       <c r="V26" s="77"/>
       <c r="W26" s="77"/>
       <c r="X26" s="77"/>
       <c r="Y26" s="77"/>
       <c r="Z26" s="77"/>
       <c r="AA26" s="77">
         <v>1231200</v>
       </c>
       <c r="AB26" s="77">
         <v>1231200</v>
       </c>
       <c r="AC26" s="77">
         <v>2462400</v>
       </c>
       <c r="AD26" s="77">
         <v>2462400</v>
       </c>
       <c r="AE26" s="77">
         <v>2544480</v>
       </c>
       <c r="AF26" s="77">
         <v>2544480</v>
       </c>
-      <c r="AG26" s="87"/>
-      <c r="AH26" s="88"/>
+      <c r="AG26" s="89"/>
+      <c r="AH26" s="90"/>
     </row>
     <row r="27" spans="1:34" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="24"/>
       <c r="D27" s="23"/>
       <c r="E27" s="24"/>
       <c r="F27" s="24"/>
       <c r="G27" s="24"/>
       <c r="H27" s="24"/>
       <c r="I27" s="4">
         <f>I18/I23</f>
         <v>2812189.9362154505</v>
       </c>
       <c r="J27" s="5">
         <f>J18/J23</f>
         <v>2812189.9362154505</v>
       </c>
       <c r="K27" s="4">
         <f t="shared" ref="K27:AE27" si="21">K18/K23</f>
@@ -5429,285 +5441,285 @@
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="J17:AE17"/>
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="40" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{837BF30F-2346-41BC-9C54-F5F221DF4467}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="55" zoomScaleNormal="80" zoomScaleSheetLayoutView="55" workbookViewId="0">
-      <selection activeCell="AG24" sqref="AG24:AH26"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A4" zoomScale="55" zoomScaleNormal="80" zoomScaleSheetLayoutView="55" workbookViewId="0">
+      <selection activeCell="P25" sqref="P25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="10.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="12" style="1" customWidth="1"/>
     <col min="8" max="8" width="14.28515625" style="1" customWidth="1"/>
     <col min="9" max="10" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="16.5703125" style="1" customWidth="1"/>
     <col min="15" max="15" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="16.5703125" style="1" customWidth="1"/>
     <col min="17" max="18" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="21" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="24" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="29" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="2" customWidth="1"/>
     <col min="34" max="34" width="17.28515625" style="2" customWidth="1"/>
     <col min="35" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="98" t="s">
+      <c r="A1" s="96" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="99"/>
-[...31 lines deleted...]
-      <c r="AH1" s="100"/>
+      <c r="B1" s="97"/>
+      <c r="C1" s="97"/>
+      <c r="D1" s="97"/>
+      <c r="E1" s="97"/>
+      <c r="F1" s="97"/>
+      <c r="G1" s="97"/>
+      <c r="H1" s="97"/>
+      <c r="I1" s="97"/>
+      <c r="J1" s="97"/>
+      <c r="K1" s="97"/>
+      <c r="L1" s="97"/>
+      <c r="M1" s="97"/>
+      <c r="N1" s="97"/>
+      <c r="O1" s="97"/>
+      <c r="P1" s="97"/>
+      <c r="Q1" s="97"/>
+      <c r="R1" s="97"/>
+      <c r="S1" s="97"/>
+      <c r="T1" s="97"/>
+      <c r="U1" s="97"/>
+      <c r="V1" s="97"/>
+      <c r="W1" s="97"/>
+      <c r="X1" s="97"/>
+      <c r="Y1" s="97"/>
+      <c r="Z1" s="97"/>
+      <c r="AA1" s="97"/>
+      <c r="AB1" s="97"/>
+      <c r="AC1" s="97"/>
+      <c r="AD1" s="97"/>
+      <c r="AE1" s="97"/>
+      <c r="AF1" s="97"/>
+      <c r="AG1" s="97"/>
+      <c r="AH1" s="98"/>
     </row>
     <row r="2" spans="1:34" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="101" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="103"/>
+      <c r="A2" s="99" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="100"/>
+      <c r="C2" s="100"/>
+      <c r="D2" s="100"/>
+      <c r="E2" s="100"/>
+      <c r="F2" s="100"/>
+      <c r="G2" s="100"/>
+      <c r="H2" s="100"/>
+      <c r="I2" s="100"/>
+      <c r="J2" s="100"/>
+      <c r="K2" s="100"/>
+      <c r="L2" s="100"/>
+      <c r="M2" s="100"/>
+      <c r="N2" s="100"/>
+      <c r="O2" s="100"/>
+      <c r="P2" s="100"/>
+      <c r="Q2" s="100"/>
+      <c r="R2" s="100"/>
+      <c r="S2" s="100"/>
+      <c r="T2" s="100"/>
+      <c r="U2" s="100"/>
+      <c r="V2" s="100"/>
+      <c r="W2" s="100"/>
+      <c r="X2" s="100"/>
+      <c r="Y2" s="100"/>
+      <c r="Z2" s="100"/>
+      <c r="AA2" s="100"/>
+      <c r="AB2" s="100"/>
+      <c r="AC2" s="100"/>
+      <c r="AD2" s="100"/>
+      <c r="AE2" s="100"/>
+      <c r="AF2" s="100"/>
+      <c r="AG2" s="100"/>
+      <c r="AH2" s="101"/>
     </row>
     <row r="3" spans="1:34" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="104" t="s">
+      <c r="A3" s="102" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="105"/>
-[...31 lines deleted...]
-      <c r="AH3" s="106"/>
+      <c r="B3" s="103"/>
+      <c r="C3" s="103"/>
+      <c r="D3" s="103"/>
+      <c r="E3" s="103"/>
+      <c r="F3" s="103"/>
+      <c r="G3" s="103"/>
+      <c r="H3" s="103"/>
+      <c r="I3" s="103"/>
+      <c r="J3" s="103"/>
+      <c r="K3" s="103"/>
+      <c r="L3" s="103"/>
+      <c r="M3" s="103"/>
+      <c r="N3" s="103"/>
+      <c r="O3" s="103"/>
+      <c r="P3" s="103"/>
+      <c r="Q3" s="103"/>
+      <c r="R3" s="103"/>
+      <c r="S3" s="103"/>
+      <c r="T3" s="103"/>
+      <c r="U3" s="103"/>
+      <c r="V3" s="103"/>
+      <c r="W3" s="103"/>
+      <c r="X3" s="103"/>
+      <c r="Y3" s="103"/>
+      <c r="Z3" s="103"/>
+      <c r="AA3" s="103"/>
+      <c r="AB3" s="103"/>
+      <c r="AC3" s="103"/>
+      <c r="AD3" s="103"/>
+      <c r="AE3" s="103"/>
+      <c r="AF3" s="103"/>
+      <c r="AG3" s="103"/>
+      <c r="AH3" s="104"/>
     </row>
     <row r="4" spans="1:34" ht="52.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="109" t="s">
+      <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="111" t="s">
+      <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="111" t="s">
+      <c r="C4" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="94" t="s">
+      <c r="D4" s="111" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="94" t="s">
+      <c r="E4" s="111" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="94" t="s">
+      <c r="F4" s="111" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="94" t="s">
+      <c r="G4" s="111" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="94" t="s">
+      <c r="H4" s="111" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="107" t="s">
+      <c r="I4" s="105" t="s">
         <v>40</v>
       </c>
-      <c r="J4" s="108"/>
-      <c r="K4" s="107" t="s">
+      <c r="J4" s="106"/>
+      <c r="K4" s="105" t="s">
         <v>39</v>
       </c>
       <c r="L4" s="113"/>
-      <c r="M4" s="92" t="s">
+      <c r="M4" s="83" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="84"/>
+      <c r="O4" s="83" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="92" t="s">
+      <c r="P4" s="84"/>
+      <c r="Q4" s="83" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="93"/>
-      <c r="S4" s="92" t="s">
+      <c r="R4" s="84"/>
+      <c r="S4" s="83" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="93"/>
-      <c r="U4" s="92" t="s">
+      <c r="T4" s="84"/>
+      <c r="U4" s="83" t="s">
         <v>42</v>
       </c>
-      <c r="V4" s="93"/>
-      <c r="W4" s="92" t="s">
+      <c r="V4" s="84"/>
+      <c r="W4" s="83" t="s">
         <v>8</v>
       </c>
-      <c r="X4" s="93"/>
-      <c r="Y4" s="92" t="s">
+      <c r="X4" s="84"/>
+      <c r="Y4" s="83" t="s">
         <v>9</v>
       </c>
-      <c r="Z4" s="93"/>
-      <c r="AA4" s="92" t="s">
+      <c r="Z4" s="84"/>
+      <c r="AA4" s="83" t="s">
         <v>10</v>
       </c>
-      <c r="AB4" s="93"/>
-      <c r="AC4" s="92" t="s">
+      <c r="AB4" s="84"/>
+      <c r="AC4" s="83" t="s">
         <v>41</v>
       </c>
-      <c r="AD4" s="93"/>
-      <c r="AE4" s="92" t="s">
+      <c r="AD4" s="84"/>
+      <c r="AE4" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="AF4" s="93"/>
-      <c r="AG4" s="96" t="s">
+      <c r="AF4" s="84"/>
+      <c r="AG4" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="97"/>
+      <c r="AH4" s="95"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="110"/>
-[...6 lines deleted...]
-      <c r="H5" s="95"/>
+      <c r="A5" s="108"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="110"/>
+      <c r="D5" s="110"/>
+      <c r="E5" s="110"/>
+      <c r="F5" s="112"/>
+      <c r="G5" s="110"/>
+      <c r="H5" s="112"/>
       <c r="I5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="28" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="L5" s="29" t="s">
         <v>13</v>
       </c>
       <c r="M5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="N5" s="28" t="s">
         <v>13</v>
       </c>
       <c r="O5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="P5" s="28" t="s">
         <v>14</v>
       </c>
       <c r="Q5" s="27" t="s">
@@ -6628,74 +6640,74 @@
         <f>F16*H16</f>
         <v>24.54</v>
       </c>
       <c r="AH16" s="62">
         <f t="shared" si="6"/>
         <v>34625.94</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="93" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="81" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="24"/>
       <c r="D17" s="24"/>
       <c r="E17" s="24"/>
       <c r="F17" s="24"/>
       <c r="G17" s="24"/>
       <c r="H17" s="24"/>
       <c r="I17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="89" t="s">
+      <c r="J17" s="91" t="s">
         <v>48</v>
       </c>
-      <c r="K17" s="90"/>
-[...19 lines deleted...]
-      <c r="AE17" s="91"/>
+      <c r="K17" s="92"/>
+      <c r="L17" s="92"/>
+      <c r="M17" s="92"/>
+      <c r="N17" s="92"/>
+      <c r="O17" s="92"/>
+      <c r="P17" s="92"/>
+      <c r="Q17" s="92"/>
+      <c r="R17" s="92"/>
+      <c r="S17" s="92"/>
+      <c r="T17" s="92"/>
+      <c r="U17" s="92"/>
+      <c r="V17" s="92"/>
+      <c r="W17" s="92"/>
+      <c r="X17" s="92"/>
+      <c r="Y17" s="92"/>
+      <c r="Z17" s="92"/>
+      <c r="AA17" s="92"/>
+      <c r="AB17" s="92"/>
+      <c r="AC17" s="92"/>
+      <c r="AD17" s="92"/>
+      <c r="AE17" s="93"/>
       <c r="AF17" s="82" t="s">
         <v>47</v>
       </c>
       <c r="AG17" s="70"/>
       <c r="AH17" s="71"/>
     </row>
     <row r="18" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="54" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="44"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
       <c r="F18" s="44"/>
       <c r="G18" s="45"/>
       <c r="H18" s="45"/>
       <c r="I18" s="64">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>2678400</v>
       </c>
       <c r="J18" s="64">
@@ -7329,54 +7341,54 @@
       <c r="H24" s="24"/>
       <c r="I24" s="7"/>
       <c r="J24" s="8"/>
       <c r="K24" s="7"/>
       <c r="L24" s="8"/>
       <c r="M24" s="7"/>
       <c r="N24" s="8"/>
       <c r="O24" s="7"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="8"/>
       <c r="S24" s="7"/>
       <c r="T24" s="8"/>
       <c r="U24" s="7"/>
       <c r="V24" s="8"/>
       <c r="W24" s="7"/>
       <c r="X24" s="8"/>
       <c r="Y24" s="7"/>
       <c r="Z24" s="8"/>
       <c r="AA24" s="7"/>
       <c r="AB24" s="8"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="8"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="8"/>
-      <c r="AG24" s="83" t="s">
+      <c r="AG24" s="85" t="s">
         <v>57</v>
       </c>
-      <c r="AH24" s="84"/>
+      <c r="AH24" s="86"/>
     </row>
     <row r="25" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="72" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="24"/>
       <c r="D25" s="23"/>
       <c r="E25" s="24"/>
       <c r="F25" s="24"/>
       <c r="G25" s="24"/>
       <c r="H25" s="24"/>
       <c r="I25" s="7">
         <v>0</v>
       </c>
       <c r="J25" s="8">
         <v>0</v>
       </c>
       <c r="K25" s="7">
         <v>0</v>
       </c>
       <c r="L25" s="8">
@@ -7420,52 +7432,52 @@
       </c>
       <c r="Y25" s="7">
         <v>272.5</v>
       </c>
       <c r="Z25" s="8">
         <v>272.5</v>
       </c>
       <c r="AA25" s="7">
         <v>250</v>
       </c>
       <c r="AB25" s="8">
         <v>250</v>
       </c>
       <c r="AC25" s="7">
         <v>250</v>
       </c>
       <c r="AD25" s="8">
         <v>250</v>
       </c>
       <c r="AE25" s="7">
         <v>250</v>
       </c>
       <c r="AF25" s="8">
         <v>250</v>
       </c>
-      <c r="AG25" s="85"/>
-      <c r="AH25" s="86"/>
+      <c r="AG25" s="87"/>
+      <c r="AH25" s="88"/>
     </row>
     <row r="26" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="72" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="24"/>
       <c r="D26" s="23"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="79">
         <v>2678400</v>
       </c>
       <c r="J26" s="79">
         <v>2678400</v>
       </c>
       <c r="K26" s="79">
         <v>984860</v>
       </c>
       <c r="L26" s="79">
@@ -7481,52 +7493,52 @@
         <v>2073600</v>
       </c>
       <c r="P26" s="79">
         <v>1035000</v>
       </c>
       <c r="Q26" s="79"/>
       <c r="R26" s="80"/>
       <c r="S26" s="79"/>
       <c r="T26" s="80"/>
       <c r="U26" s="79"/>
       <c r="V26" s="80"/>
       <c r="W26" s="79"/>
       <c r="X26" s="80"/>
       <c r="Y26" s="79"/>
       <c r="Z26" s="80"/>
       <c r="AA26" s="79">
         <v>2052000</v>
       </c>
       <c r="AB26" s="79">
         <v>2052000</v>
       </c>
       <c r="AC26" s="79"/>
       <c r="AD26" s="80"/>
       <c r="AE26" s="79"/>
       <c r="AF26" s="80"/>
-      <c r="AG26" s="87"/>
-      <c r="AH26" s="88"/>
+      <c r="AG26" s="89"/>
+      <c r="AH26" s="90"/>
     </row>
     <row r="27" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="24"/>
       <c r="D27" s="23"/>
       <c r="E27" s="24"/>
       <c r="F27" s="24"/>
       <c r="G27" s="24"/>
       <c r="H27" s="24"/>
       <c r="I27" s="4">
         <f>I18/I23</f>
         <v>2678400</v>
       </c>
       <c r="J27" s="5">
         <f>J18/J23</f>
         <v>2678400</v>
       </c>
       <c r="K27" s="4">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -7784,250 +7796,250 @@
     <col min="3" max="3" width="8.85546875" style="1"/>
     <col min="4" max="4" width="11.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="10.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="12" style="1" customWidth="1"/>
     <col min="8" max="8" width="14.28515625" style="1" customWidth="1"/>
     <col min="9" max="14" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="18" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="13.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="13.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="26" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="28" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="29" max="32" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="2" customWidth="1"/>
     <col min="34" max="34" width="15.42578125" style="2" customWidth="1"/>
     <col min="35" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="98" t="s">
+      <c r="A1" s="96" t="s">
         <v>54</v>
       </c>
-      <c r="B1" s="99"/>
-[...31 lines deleted...]
-      <c r="AH1" s="100"/>
+      <c r="B1" s="97"/>
+      <c r="C1" s="97"/>
+      <c r="D1" s="97"/>
+      <c r="E1" s="97"/>
+      <c r="F1" s="97"/>
+      <c r="G1" s="97"/>
+      <c r="H1" s="97"/>
+      <c r="I1" s="97"/>
+      <c r="J1" s="97"/>
+      <c r="K1" s="97"/>
+      <c r="L1" s="97"/>
+      <c r="M1" s="97"/>
+      <c r="N1" s="97"/>
+      <c r="O1" s="97"/>
+      <c r="P1" s="97"/>
+      <c r="Q1" s="97"/>
+      <c r="R1" s="97"/>
+      <c r="S1" s="97"/>
+      <c r="T1" s="97"/>
+      <c r="U1" s="97"/>
+      <c r="V1" s="97"/>
+      <c r="W1" s="97"/>
+      <c r="X1" s="97"/>
+      <c r="Y1" s="97"/>
+      <c r="Z1" s="97"/>
+      <c r="AA1" s="97"/>
+      <c r="AB1" s="97"/>
+      <c r="AC1" s="97"/>
+      <c r="AD1" s="97"/>
+      <c r="AE1" s="97"/>
+      <c r="AF1" s="97"/>
+      <c r="AG1" s="97"/>
+      <c r="AH1" s="98"/>
     </row>
     <row r="2" spans="1:34" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="101" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="103"/>
+      <c r="A2" s="99" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="100"/>
+      <c r="C2" s="100"/>
+      <c r="D2" s="100"/>
+      <c r="E2" s="100"/>
+      <c r="F2" s="100"/>
+      <c r="G2" s="100"/>
+      <c r="H2" s="100"/>
+      <c r="I2" s="100"/>
+      <c r="J2" s="100"/>
+      <c r="K2" s="100"/>
+      <c r="L2" s="100"/>
+      <c r="M2" s="100"/>
+      <c r="N2" s="100"/>
+      <c r="O2" s="100"/>
+      <c r="P2" s="100"/>
+      <c r="Q2" s="100"/>
+      <c r="R2" s="100"/>
+      <c r="S2" s="100"/>
+      <c r="T2" s="100"/>
+      <c r="U2" s="100"/>
+      <c r="V2" s="100"/>
+      <c r="W2" s="100"/>
+      <c r="X2" s="100"/>
+      <c r="Y2" s="100"/>
+      <c r="Z2" s="100"/>
+      <c r="AA2" s="100"/>
+      <c r="AB2" s="100"/>
+      <c r="AC2" s="100"/>
+      <c r="AD2" s="100"/>
+      <c r="AE2" s="100"/>
+      <c r="AF2" s="100"/>
+      <c r="AG2" s="100"/>
+      <c r="AH2" s="101"/>
     </row>
     <row r="3" spans="1:34" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="104" t="s">
+      <c r="A3" s="102" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="105"/>
-[...31 lines deleted...]
-      <c r="AH3" s="106"/>
+      <c r="B3" s="103"/>
+      <c r="C3" s="103"/>
+      <c r="D3" s="103"/>
+      <c r="E3" s="103"/>
+      <c r="F3" s="103"/>
+      <c r="G3" s="103"/>
+      <c r="H3" s="103"/>
+      <c r="I3" s="103"/>
+      <c r="J3" s="103"/>
+      <c r="K3" s="103"/>
+      <c r="L3" s="103"/>
+      <c r="M3" s="103"/>
+      <c r="N3" s="103"/>
+      <c r="O3" s="103"/>
+      <c r="P3" s="103"/>
+      <c r="Q3" s="103"/>
+      <c r="R3" s="103"/>
+      <c r="S3" s="103"/>
+      <c r="T3" s="103"/>
+      <c r="U3" s="103"/>
+      <c r="V3" s="103"/>
+      <c r="W3" s="103"/>
+      <c r="X3" s="103"/>
+      <c r="Y3" s="103"/>
+      <c r="Z3" s="103"/>
+      <c r="AA3" s="103"/>
+      <c r="AB3" s="103"/>
+      <c r="AC3" s="103"/>
+      <c r="AD3" s="103"/>
+      <c r="AE3" s="103"/>
+      <c r="AF3" s="103"/>
+      <c r="AG3" s="103"/>
+      <c r="AH3" s="104"/>
     </row>
     <row r="4" spans="1:34" ht="52.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="109" t="s">
+      <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="111" t="s">
+      <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="111" t="s">
+      <c r="C4" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="94" t="s">
+      <c r="D4" s="111" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="94" t="s">
+      <c r="E4" s="111" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="94" t="s">
+      <c r="F4" s="111" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="94" t="s">
+      <c r="G4" s="111" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="94" t="s">
+      <c r="H4" s="111" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="107" t="s">
+      <c r="I4" s="105" t="s">
         <v>40</v>
       </c>
-      <c r="J4" s="108"/>
-      <c r="K4" s="107" t="s">
+      <c r="J4" s="106"/>
+      <c r="K4" s="105" t="s">
         <v>39</v>
       </c>
       <c r="L4" s="113"/>
-      <c r="M4" s="92" t="s">
+      <c r="M4" s="83" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="84"/>
+      <c r="O4" s="83" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="92" t="s">
+      <c r="P4" s="84"/>
+      <c r="Q4" s="83" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="93"/>
-      <c r="S4" s="92" t="s">
+      <c r="R4" s="84"/>
+      <c r="S4" s="83" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="93"/>
-      <c r="U4" s="92" t="s">
+      <c r="T4" s="84"/>
+      <c r="U4" s="83" t="s">
         <v>42</v>
       </c>
-      <c r="V4" s="93"/>
-      <c r="W4" s="92" t="s">
+      <c r="V4" s="84"/>
+      <c r="W4" s="83" t="s">
         <v>8</v>
       </c>
-      <c r="X4" s="93"/>
-      <c r="Y4" s="92" t="s">
+      <c r="X4" s="84"/>
+      <c r="Y4" s="83" t="s">
         <v>9</v>
       </c>
-      <c r="Z4" s="93"/>
-      <c r="AA4" s="92" t="s">
+      <c r="Z4" s="84"/>
+      <c r="AA4" s="83" t="s">
         <v>10</v>
       </c>
-      <c r="AB4" s="93"/>
-      <c r="AC4" s="92" t="s">
+      <c r="AB4" s="84"/>
+      <c r="AC4" s="83" t="s">
         <v>41</v>
       </c>
-      <c r="AD4" s="93"/>
-      <c r="AE4" s="92" t="s">
+      <c r="AD4" s="84"/>
+      <c r="AE4" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="AF4" s="93"/>
-      <c r="AG4" s="96" t="s">
+      <c r="AF4" s="84"/>
+      <c r="AG4" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="97"/>
+      <c r="AH4" s="95"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="110"/>
-[...6 lines deleted...]
-      <c r="H5" s="95"/>
+      <c r="A5" s="108"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="110"/>
+      <c r="D5" s="110"/>
+      <c r="E5" s="110"/>
+      <c r="F5" s="112"/>
+      <c r="G5" s="110"/>
+      <c r="H5" s="112"/>
       <c r="I5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="28" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="L5" s="29" t="s">
         <v>13</v>
       </c>
       <c r="M5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="N5" s="28" t="s">
         <v>13</v>
       </c>
       <c r="O5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="P5" s="28" t="s">
         <v>14</v>
       </c>
       <c r="Q5" s="27" t="s">
@@ -8944,74 +8956,74 @@
         <f>F16*H16</f>
         <v>0.84000000000000008</v>
       </c>
       <c r="AH16" s="62">
         <f t="shared" si="6"/>
         <v>1185.2400000000002</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="81" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="24"/>
       <c r="D17" s="24"/>
       <c r="E17" s="24"/>
       <c r="F17" s="24"/>
       <c r="G17" s="24"/>
       <c r="H17" s="24"/>
       <c r="I17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="89" t="s">
+      <c r="J17" s="91" t="s">
         <v>48</v>
       </c>
-      <c r="K17" s="90"/>
-[...19 lines deleted...]
-      <c r="AE17" s="91"/>
+      <c r="K17" s="92"/>
+      <c r="L17" s="92"/>
+      <c r="M17" s="92"/>
+      <c r="N17" s="92"/>
+      <c r="O17" s="92"/>
+      <c r="P17" s="92"/>
+      <c r="Q17" s="92"/>
+      <c r="R17" s="92"/>
+      <c r="S17" s="92"/>
+      <c r="T17" s="92"/>
+      <c r="U17" s="92"/>
+      <c r="V17" s="92"/>
+      <c r="W17" s="92"/>
+      <c r="X17" s="92"/>
+      <c r="Y17" s="92"/>
+      <c r="Z17" s="92"/>
+      <c r="AA17" s="92"/>
+      <c r="AB17" s="92"/>
+      <c r="AC17" s="92"/>
+      <c r="AD17" s="92"/>
+      <c r="AE17" s="93"/>
       <c r="AF17" s="82" t="s">
         <v>47</v>
       </c>
       <c r="AG17" s="70"/>
       <c r="AH17" s="71"/>
     </row>
     <row r="18" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="54" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="44"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
       <c r="F18" s="44"/>
       <c r="G18" s="45"/>
       <c r="H18" s="45"/>
       <c r="I18" s="64">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>1740960</v>
       </c>
       <c r="J18" s="64">
@@ -9648,95 +9660,95 @@
       <c r="H24" s="24"/>
       <c r="I24" s="7"/>
       <c r="J24" s="8"/>
       <c r="K24" s="7"/>
       <c r="L24" s="8"/>
       <c r="M24" s="7"/>
       <c r="N24" s="8"/>
       <c r="O24" s="7"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="8"/>
       <c r="S24" s="7"/>
       <c r="T24" s="8"/>
       <c r="U24" s="7"/>
       <c r="V24" s="8"/>
       <c r="W24" s="7"/>
       <c r="X24" s="8"/>
       <c r="Y24" s="7"/>
       <c r="Z24" s="8"/>
       <c r="AA24" s="7"/>
       <c r="AB24" s="8"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="8"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="8"/>
-      <c r="AG24" s="83" t="s">
+      <c r="AG24" s="85" t="s">
         <v>57</v>
       </c>
-      <c r="AH24" s="84"/>
+      <c r="AH24" s="86"/>
     </row>
     <row r="25" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="72" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="24"/>
       <c r="D25" s="23"/>
       <c r="E25" s="24"/>
       <c r="F25" s="24"/>
       <c r="G25" s="24"/>
       <c r="H25" s="24"/>
       <c r="I25" s="7"/>
       <c r="J25" s="8"/>
       <c r="K25" s="7"/>
       <c r="L25" s="8"/>
       <c r="M25" s="7"/>
       <c r="N25" s="8"/>
       <c r="O25" s="7"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="8"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
       <c r="U25" s="7"/>
       <c r="V25" s="8"/>
       <c r="W25" s="7"/>
       <c r="X25" s="8"/>
       <c r="Y25" s="7"/>
       <c r="Z25" s="8"/>
       <c r="AA25" s="7"/>
       <c r="AB25" s="8"/>
       <c r="AC25" s="7"/>
       <c r="AD25" s="8"/>
       <c r="AE25" s="7"/>
       <c r="AF25" s="8"/>
-      <c r="AG25" s="85"/>
-      <c r="AH25" s="86"/>
+      <c r="AG25" s="87"/>
+      <c r="AH25" s="88"/>
     </row>
     <row r="26" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="72" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="24"/>
       <c r="D26" s="23"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="79">
         <v>1740960</v>
       </c>
       <c r="J26" s="79">
         <v>1740960</v>
       </c>
       <c r="K26" s="79">
         <v>1572480</v>
       </c>
       <c r="L26" s="79">
@@ -9760,52 +9772,52 @@
       <c r="T26" s="80"/>
       <c r="U26" s="79"/>
       <c r="V26" s="80"/>
       <c r="W26" s="79"/>
       <c r="X26" s="80"/>
       <c r="Y26" s="79"/>
       <c r="Z26" s="80"/>
       <c r="AA26" s="79">
         <v>777600</v>
       </c>
       <c r="AB26" s="80">
         <v>777600</v>
       </c>
       <c r="AC26" s="79">
         <v>1555200</v>
       </c>
       <c r="AD26" s="80">
         <v>1555200</v>
       </c>
       <c r="AE26" s="79">
         <v>1607040</v>
       </c>
       <c r="AF26" s="79">
         <v>1607040</v>
       </c>
-      <c r="AG26" s="87"/>
-      <c r="AH26" s="88"/>
+      <c r="AG26" s="89"/>
+      <c r="AH26" s="90"/>
     </row>
     <row r="27" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="24"/>
       <c r="D27" s="23"/>
       <c r="E27" s="24"/>
       <c r="F27" s="24"/>
       <c r="G27" s="24"/>
       <c r="H27" s="24"/>
       <c r="I27" s="4">
         <f>I18/I23</f>
         <v>3046539.0975667378</v>
       </c>
       <c r="J27" s="5">
         <f>J18/J23</f>
         <v>3046539.0975667378</v>
       </c>
       <c r="K27" s="4">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -10031,276 +10043,276 @@
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="J17:AE17"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="Q4:R4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="36" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B0432DB-B0B6-4625-AB85-2D368DA7CC29}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="AG24" sqref="AG24:AH26"/>
+      <selection activeCell="I25" sqref="I25:AF25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.85546875" style="1"/>
     <col min="4" max="4" width="11.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="10.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="12" style="1" customWidth="1"/>
     <col min="8" max="8" width="14.28515625" style="1" customWidth="1"/>
     <col min="9" max="18" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="12.5703125" style="1" customWidth="1"/>
     <col min="22" max="22" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="2" customWidth="1"/>
     <col min="34" max="34" width="14" style="2" customWidth="1"/>
     <col min="35" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="98" t="s">
+      <c r="A1" s="96" t="s">
         <v>55</v>
       </c>
-      <c r="B1" s="99"/>
-[...31 lines deleted...]
-      <c r="AH1" s="100"/>
+      <c r="B1" s="97"/>
+      <c r="C1" s="97"/>
+      <c r="D1" s="97"/>
+      <c r="E1" s="97"/>
+      <c r="F1" s="97"/>
+      <c r="G1" s="97"/>
+      <c r="H1" s="97"/>
+      <c r="I1" s="97"/>
+      <c r="J1" s="97"/>
+      <c r="K1" s="97"/>
+      <c r="L1" s="97"/>
+      <c r="M1" s="97"/>
+      <c r="N1" s="97"/>
+      <c r="O1" s="97"/>
+      <c r="P1" s="97"/>
+      <c r="Q1" s="97"/>
+      <c r="R1" s="97"/>
+      <c r="S1" s="97"/>
+      <c r="T1" s="97"/>
+      <c r="U1" s="97"/>
+      <c r="V1" s="97"/>
+      <c r="W1" s="97"/>
+      <c r="X1" s="97"/>
+      <c r="Y1" s="97"/>
+      <c r="Z1" s="97"/>
+      <c r="AA1" s="97"/>
+      <c r="AB1" s="97"/>
+      <c r="AC1" s="97"/>
+      <c r="AD1" s="97"/>
+      <c r="AE1" s="97"/>
+      <c r="AF1" s="97"/>
+      <c r="AG1" s="97"/>
+      <c r="AH1" s="98"/>
     </row>
     <row r="2" spans="1:34" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="101" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="103"/>
+      <c r="A2" s="99" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="100"/>
+      <c r="C2" s="100"/>
+      <c r="D2" s="100"/>
+      <c r="E2" s="100"/>
+      <c r="F2" s="100"/>
+      <c r="G2" s="100"/>
+      <c r="H2" s="100"/>
+      <c r="I2" s="100"/>
+      <c r="J2" s="100"/>
+      <c r="K2" s="100"/>
+      <c r="L2" s="100"/>
+      <c r="M2" s="100"/>
+      <c r="N2" s="100"/>
+      <c r="O2" s="100"/>
+      <c r="P2" s="100"/>
+      <c r="Q2" s="100"/>
+      <c r="R2" s="100"/>
+      <c r="S2" s="100"/>
+      <c r="T2" s="100"/>
+      <c r="U2" s="100"/>
+      <c r="V2" s="100"/>
+      <c r="W2" s="100"/>
+      <c r="X2" s="100"/>
+      <c r="Y2" s="100"/>
+      <c r="Z2" s="100"/>
+      <c r="AA2" s="100"/>
+      <c r="AB2" s="100"/>
+      <c r="AC2" s="100"/>
+      <c r="AD2" s="100"/>
+      <c r="AE2" s="100"/>
+      <c r="AF2" s="100"/>
+      <c r="AG2" s="100"/>
+      <c r="AH2" s="101"/>
     </row>
     <row r="3" spans="1:34" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="104" t="s">
+      <c r="A3" s="102" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="105"/>
-[...31 lines deleted...]
-      <c r="AH3" s="106"/>
+      <c r="B3" s="103"/>
+      <c r="C3" s="103"/>
+      <c r="D3" s="103"/>
+      <c r="E3" s="103"/>
+      <c r="F3" s="103"/>
+      <c r="G3" s="103"/>
+      <c r="H3" s="103"/>
+      <c r="I3" s="103"/>
+      <c r="J3" s="103"/>
+      <c r="K3" s="103"/>
+      <c r="L3" s="103"/>
+      <c r="M3" s="103"/>
+      <c r="N3" s="103"/>
+      <c r="O3" s="103"/>
+      <c r="P3" s="103"/>
+      <c r="Q3" s="103"/>
+      <c r="R3" s="103"/>
+      <c r="S3" s="103"/>
+      <c r="T3" s="103"/>
+      <c r="U3" s="103"/>
+      <c r="V3" s="103"/>
+      <c r="W3" s="103"/>
+      <c r="X3" s="103"/>
+      <c r="Y3" s="103"/>
+      <c r="Z3" s="103"/>
+      <c r="AA3" s="103"/>
+      <c r="AB3" s="103"/>
+      <c r="AC3" s="103"/>
+      <c r="AD3" s="103"/>
+      <c r="AE3" s="103"/>
+      <c r="AF3" s="103"/>
+      <c r="AG3" s="103"/>
+      <c r="AH3" s="104"/>
     </row>
     <row r="4" spans="1:34" ht="52.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="109" t="s">
+      <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="111" t="s">
+      <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="111" t="s">
+      <c r="C4" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="94" t="s">
+      <c r="D4" s="111" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="94" t="s">
+      <c r="E4" s="111" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="94" t="s">
+      <c r="F4" s="111" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="94" t="s">
+      <c r="G4" s="111" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="94" t="s">
+      <c r="H4" s="111" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="107" t="s">
+      <c r="I4" s="105" t="s">
         <v>40</v>
       </c>
-      <c r="J4" s="108"/>
-      <c r="K4" s="107" t="s">
+      <c r="J4" s="106"/>
+      <c r="K4" s="105" t="s">
         <v>39</v>
       </c>
       <c r="L4" s="113"/>
-      <c r="M4" s="92" t="s">
+      <c r="M4" s="83" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="84"/>
+      <c r="O4" s="83" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="92" t="s">
+      <c r="P4" s="84"/>
+      <c r="Q4" s="83" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="93"/>
-      <c r="S4" s="92" t="s">
+      <c r="R4" s="84"/>
+      <c r="S4" s="83" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="93"/>
-      <c r="U4" s="92" t="s">
+      <c r="T4" s="84"/>
+      <c r="U4" s="83" t="s">
         <v>42</v>
       </c>
-      <c r="V4" s="93"/>
-      <c r="W4" s="92" t="s">
+      <c r="V4" s="84"/>
+      <c r="W4" s="83" t="s">
         <v>8</v>
       </c>
-      <c r="X4" s="93"/>
-      <c r="Y4" s="92" t="s">
+      <c r="X4" s="84"/>
+      <c r="Y4" s="83" t="s">
         <v>9</v>
       </c>
-      <c r="Z4" s="93"/>
-      <c r="AA4" s="92" t="s">
+      <c r="Z4" s="84"/>
+      <c r="AA4" s="83" t="s">
         <v>10</v>
       </c>
-      <c r="AB4" s="93"/>
-      <c r="AC4" s="92" t="s">
+      <c r="AB4" s="84"/>
+      <c r="AC4" s="83" t="s">
         <v>41</v>
       </c>
-      <c r="AD4" s="93"/>
-      <c r="AE4" s="92" t="s">
+      <c r="AD4" s="84"/>
+      <c r="AE4" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="AF4" s="93"/>
-      <c r="AG4" s="96" t="s">
+      <c r="AF4" s="84"/>
+      <c r="AG4" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="97"/>
+      <c r="AH4" s="95"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="110"/>
-[...6 lines deleted...]
-      <c r="H5" s="95"/>
+      <c r="A5" s="108"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="110"/>
+      <c r="D5" s="110"/>
+      <c r="E5" s="110"/>
+      <c r="F5" s="112"/>
+      <c r="G5" s="110"/>
+      <c r="H5" s="112"/>
       <c r="I5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="28" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="L5" s="29" t="s">
         <v>13</v>
       </c>
       <c r="M5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="N5" s="28" t="s">
         <v>13</v>
       </c>
       <c r="O5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="P5" s="28" t="s">
         <v>14</v>
       </c>
       <c r="Q5" s="27" t="s">
@@ -11213,74 +11225,74 @@
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="62">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="81" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="24"/>
       <c r="D17" s="24"/>
       <c r="E17" s="24"/>
       <c r="F17" s="24"/>
       <c r="G17" s="24"/>
       <c r="H17" s="24"/>
       <c r="I17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="89" t="s">
+      <c r="J17" s="91" t="s">
         <v>48</v>
       </c>
-      <c r="K17" s="90"/>
-[...19 lines deleted...]
-      <c r="AE17" s="91"/>
+      <c r="K17" s="92"/>
+      <c r="L17" s="92"/>
+      <c r="M17" s="92"/>
+      <c r="N17" s="92"/>
+      <c r="O17" s="92"/>
+      <c r="P17" s="92"/>
+      <c r="Q17" s="92"/>
+      <c r="R17" s="92"/>
+      <c r="S17" s="92"/>
+      <c r="T17" s="92"/>
+      <c r="U17" s="92"/>
+      <c r="V17" s="92"/>
+      <c r="W17" s="92"/>
+      <c r="X17" s="92"/>
+      <c r="Y17" s="92"/>
+      <c r="Z17" s="92"/>
+      <c r="AA17" s="92"/>
+      <c r="AB17" s="92"/>
+      <c r="AC17" s="92"/>
+      <c r="AD17" s="92"/>
+      <c r="AE17" s="93"/>
       <c r="AF17" s="82" t="s">
         <v>47</v>
       </c>
       <c r="AG17" s="70"/>
       <c r="AH17" s="71"/>
     </row>
     <row r="18" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="54" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="44"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
       <c r="F18" s="44"/>
       <c r="G18" s="45"/>
       <c r="H18" s="45"/>
       <c r="I18" s="64">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16</f>
         <v>0</v>
       </c>
       <c r="J18" s="63">
@@ -11917,168 +11929,184 @@
       <c r="H24" s="24"/>
       <c r="I24" s="7"/>
       <c r="J24" s="8"/>
       <c r="K24" s="7"/>
       <c r="L24" s="8"/>
       <c r="M24" s="7"/>
       <c r="N24" s="8"/>
       <c r="O24" s="7"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="8"/>
       <c r="S24" s="7"/>
       <c r="T24" s="8"/>
       <c r="U24" s="7"/>
       <c r="V24" s="8"/>
       <c r="W24" s="7"/>
       <c r="X24" s="8"/>
       <c r="Y24" s="7"/>
       <c r="Z24" s="8"/>
       <c r="AA24" s="7"/>
       <c r="AB24" s="8"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="8"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="8"/>
-      <c r="AG24" s="83" t="s">
+      <c r="AG24" s="85" t="s">
         <v>57</v>
       </c>
-      <c r="AH24" s="84"/>
+      <c r="AH24" s="86"/>
     </row>
     <row r="25" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="72" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="24"/>
       <c r="D25" s="23"/>
       <c r="E25" s="24"/>
       <c r="F25" s="24"/>
       <c r="G25" s="24"/>
       <c r="H25" s="24"/>
-      <c r="I25" s="73"/>
-[...6 lines deleted...]
-      <c r="P25" s="73"/>
+      <c r="I25" s="73">
+        <v>0</v>
+      </c>
+      <c r="J25" s="73">
+        <v>0</v>
+      </c>
+      <c r="K25" s="73">
+        <v>0</v>
+      </c>
+      <c r="L25" s="73">
+        <v>0</v>
+      </c>
+      <c r="M25" s="73">
+        <v>0</v>
+      </c>
+      <c r="N25" s="73">
+        <v>0</v>
+      </c>
+      <c r="O25" s="73">
+        <v>0</v>
+      </c>
+      <c r="P25" s="73">
+        <v>0</v>
+      </c>
       <c r="Q25" s="73">
         <v>70</v>
       </c>
       <c r="R25" s="73">
         <v>70</v>
       </c>
       <c r="S25" s="73">
         <v>70</v>
       </c>
       <c r="T25" s="73">
         <v>70</v>
       </c>
       <c r="U25" s="73">
         <v>70</v>
       </c>
       <c r="V25" s="73">
         <v>70</v>
       </c>
       <c r="W25" s="73">
         <v>70</v>
       </c>
       <c r="X25" s="73">
         <v>70</v>
       </c>
       <c r="Y25" s="73">
         <v>70</v>
       </c>
       <c r="Z25" s="73">
         <v>70</v>
       </c>
       <c r="AA25" s="73">
         <v>70</v>
       </c>
       <c r="AB25" s="73">
         <v>70</v>
       </c>
       <c r="AC25" s="73">
         <v>70</v>
       </c>
       <c r="AD25" s="73">
         <v>70</v>
       </c>
       <c r="AE25" s="73">
         <v>70</v>
       </c>
       <c r="AF25" s="73">
         <v>70</v>
       </c>
-      <c r="AG25" s="85"/>
-      <c r="AH25" s="86"/>
+      <c r="AG25" s="87"/>
+      <c r="AH25" s="88"/>
     </row>
     <row r="26" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="72" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="24"/>
       <c r="D26" s="23"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="7"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="8"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="8"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="8"/>
-      <c r="AG26" s="87"/>
-      <c r="AH26" s="88"/>
+      <c r="AG26" s="89"/>
+      <c r="AH26" s="90"/>
     </row>
     <row r="27" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="24"/>
       <c r="D27" s="23"/>
       <c r="E27" s="24"/>
       <c r="F27" s="24"/>
       <c r="G27" s="24"/>
       <c r="H27" s="24"/>
       <c r="I27" s="4">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="5">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="4">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -12303,289 +12331,289 @@
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="J17:AE17"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="Q4:R4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="52" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DB22DBAE-795F-4FB2-86E0-36E69C06F232}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="W14" sqref="W14"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="AG24" sqref="AG24:AH26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
     <col min="2" max="2" width="31.140625" customWidth="1"/>
     <col min="3" max="3" width="8.85546875"/>
     <col min="4" max="4" width="11.85546875" customWidth="1"/>
     <col min="5" max="5" width="10.85546875" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
     <col min="8" max="8" width="14.28515625" customWidth="1"/>
     <col min="9" max="9" width="19.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="7.140625" customWidth="1"/>
     <col min="11" max="11" width="7.85546875" customWidth="1"/>
     <col min="12" max="13" width="7.140625" customWidth="1"/>
     <col min="14" max="14" width="8.42578125" customWidth="1"/>
     <col min="15" max="15" width="12" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="14" customWidth="1"/>
     <col min="18" max="18" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="13.140625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="11.140625" customWidth="1"/>
     <col min="21" max="21" width="12.5703125" customWidth="1"/>
     <col min="22" max="22" width="11.7109375" customWidth="1"/>
     <col min="23" max="23" width="13" customWidth="1"/>
     <col min="24" max="25" width="10.85546875" customWidth="1"/>
     <col min="26" max="26" width="8.42578125" customWidth="1"/>
     <col min="27" max="27" width="7.140625" customWidth="1"/>
     <col min="28" max="28" width="8.140625" customWidth="1"/>
     <col min="29" max="31" width="7.140625" customWidth="1"/>
     <col min="32" max="32" width="19.5703125" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" customWidth="1"/>
     <col min="34" max="34" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="19.5" x14ac:dyDescent="0.25">
-      <c r="A1" s="98" t="s">
+      <c r="A1" s="96" t="s">
         <v>56</v>
       </c>
-      <c r="B1" s="99"/>
-[...31 lines deleted...]
-      <c r="AH1" s="100"/>
+      <c r="B1" s="97"/>
+      <c r="C1" s="97"/>
+      <c r="D1" s="97"/>
+      <c r="E1" s="97"/>
+      <c r="F1" s="97"/>
+      <c r="G1" s="97"/>
+      <c r="H1" s="97"/>
+      <c r="I1" s="97"/>
+      <c r="J1" s="97"/>
+      <c r="K1" s="97"/>
+      <c r="L1" s="97"/>
+      <c r="M1" s="97"/>
+      <c r="N1" s="97"/>
+      <c r="O1" s="97"/>
+      <c r="P1" s="97"/>
+      <c r="Q1" s="97"/>
+      <c r="R1" s="97"/>
+      <c r="S1" s="97"/>
+      <c r="T1" s="97"/>
+      <c r="U1" s="97"/>
+      <c r="V1" s="97"/>
+      <c r="W1" s="97"/>
+      <c r="X1" s="97"/>
+      <c r="Y1" s="97"/>
+      <c r="Z1" s="97"/>
+      <c r="AA1" s="97"/>
+      <c r="AB1" s="97"/>
+      <c r="AC1" s="97"/>
+      <c r="AD1" s="97"/>
+      <c r="AE1" s="97"/>
+      <c r="AF1" s="97"/>
+      <c r="AG1" s="97"/>
+      <c r="AH1" s="98"/>
     </row>
     <row r="2" spans="1:34" ht="18" x14ac:dyDescent="0.25">
-      <c r="A2" s="101" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="103"/>
+      <c r="A2" s="99" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="100"/>
+      <c r="C2" s="100"/>
+      <c r="D2" s="100"/>
+      <c r="E2" s="100"/>
+      <c r="F2" s="100"/>
+      <c r="G2" s="100"/>
+      <c r="H2" s="100"/>
+      <c r="I2" s="100"/>
+      <c r="J2" s="100"/>
+      <c r="K2" s="100"/>
+      <c r="L2" s="100"/>
+      <c r="M2" s="100"/>
+      <c r="N2" s="100"/>
+      <c r="O2" s="100"/>
+      <c r="P2" s="100"/>
+      <c r="Q2" s="100"/>
+      <c r="R2" s="100"/>
+      <c r="S2" s="100"/>
+      <c r="T2" s="100"/>
+      <c r="U2" s="100"/>
+      <c r="V2" s="100"/>
+      <c r="W2" s="100"/>
+      <c r="X2" s="100"/>
+      <c r="Y2" s="100"/>
+      <c r="Z2" s="100"/>
+      <c r="AA2" s="100"/>
+      <c r="AB2" s="100"/>
+      <c r="AC2" s="100"/>
+      <c r="AD2" s="100"/>
+      <c r="AE2" s="100"/>
+      <c r="AF2" s="100"/>
+      <c r="AG2" s="100"/>
+      <c r="AH2" s="101"/>
     </row>
     <row r="3" spans="1:34" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="104" t="s">
+      <c r="A3" s="102" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="105"/>
-[...31 lines deleted...]
-      <c r="AH3" s="106"/>
+      <c r="B3" s="103"/>
+      <c r="C3" s="103"/>
+      <c r="D3" s="103"/>
+      <c r="E3" s="103"/>
+      <c r="F3" s="103"/>
+      <c r="G3" s="103"/>
+      <c r="H3" s="103"/>
+      <c r="I3" s="103"/>
+      <c r="J3" s="103"/>
+      <c r="K3" s="103"/>
+      <c r="L3" s="103"/>
+      <c r="M3" s="103"/>
+      <c r="N3" s="103"/>
+      <c r="O3" s="103"/>
+      <c r="P3" s="103"/>
+      <c r="Q3" s="103"/>
+      <c r="R3" s="103"/>
+      <c r="S3" s="103"/>
+      <c r="T3" s="103"/>
+      <c r="U3" s="103"/>
+      <c r="V3" s="103"/>
+      <c r="W3" s="103"/>
+      <c r="X3" s="103"/>
+      <c r="Y3" s="103"/>
+      <c r="Z3" s="103"/>
+      <c r="AA3" s="103"/>
+      <c r="AB3" s="103"/>
+      <c r="AC3" s="103"/>
+      <c r="AD3" s="103"/>
+      <c r="AE3" s="103"/>
+      <c r="AF3" s="103"/>
+      <c r="AG3" s="103"/>
+      <c r="AH3" s="104"/>
     </row>
     <row r="4" spans="1:34" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="109" t="s">
+      <c r="A4" s="107" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="111" t="s">
+      <c r="B4" s="109" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="111" t="s">
+      <c r="C4" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="94" t="s">
+      <c r="D4" s="111" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="94" t="s">
+      <c r="E4" s="111" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="94" t="s">
+      <c r="F4" s="111" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="94" t="s">
+      <c r="G4" s="111" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="94" t="s">
+      <c r="H4" s="111" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="107" t="s">
+      <c r="I4" s="105" t="s">
         <v>40</v>
       </c>
-      <c r="J4" s="108"/>
-      <c r="K4" s="107" t="s">
+      <c r="J4" s="106"/>
+      <c r="K4" s="105" t="s">
         <v>39</v>
       </c>
       <c r="L4" s="113"/>
-      <c r="M4" s="92" t="s">
+      <c r="M4" s="83" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="84"/>
+      <c r="O4" s="83" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="92" t="s">
+      <c r="P4" s="84"/>
+      <c r="Q4" s="83" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="93"/>
-      <c r="S4" s="92" t="s">
+      <c r="R4" s="84"/>
+      <c r="S4" s="83" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="93"/>
-      <c r="U4" s="92" t="s">
+      <c r="T4" s="84"/>
+      <c r="U4" s="83" t="s">
         <v>42</v>
       </c>
-      <c r="V4" s="93"/>
-      <c r="W4" s="92" t="s">
+      <c r="V4" s="84"/>
+      <c r="W4" s="83" t="s">
         <v>8</v>
       </c>
-      <c r="X4" s="93"/>
-      <c r="Y4" s="92" t="s">
+      <c r="X4" s="84"/>
+      <c r="Y4" s="83" t="s">
         <v>9</v>
       </c>
-      <c r="Z4" s="93"/>
-      <c r="AA4" s="92" t="s">
+      <c r="Z4" s="84"/>
+      <c r="AA4" s="83" t="s">
         <v>10</v>
       </c>
-      <c r="AB4" s="93"/>
-      <c r="AC4" s="92" t="s">
+      <c r="AB4" s="84"/>
+      <c r="AC4" s="83" t="s">
         <v>41</v>
       </c>
-      <c r="AD4" s="93"/>
-      <c r="AE4" s="92" t="s">
+      <c r="AD4" s="84"/>
+      <c r="AE4" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="AF4" s="93"/>
-      <c r="AG4" s="96" t="s">
+      <c r="AF4" s="84"/>
+      <c r="AG4" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="97"/>
+      <c r="AH4" s="95"/>
     </row>
     <row r="5" spans="1:34" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="110"/>
-[...6 lines deleted...]
-      <c r="H5" s="95"/>
+      <c r="A5" s="108"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="110"/>
+      <c r="D5" s="110"/>
+      <c r="E5" s="110"/>
+      <c r="F5" s="112"/>
+      <c r="G5" s="110"/>
+      <c r="H5" s="112"/>
       <c r="I5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="28" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="L5" s="29" t="s">
         <v>13</v>
       </c>
       <c r="M5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="N5" s="28" t="s">
         <v>13</v>
       </c>
       <c r="O5" s="27" t="s">
         <v>12</v>
       </c>
       <c r="P5" s="28" t="s">
         <v>14</v>
       </c>
       <c r="Q5" s="27" t="s">
@@ -13500,74 +13528,74 @@
         <f>F16*H16</f>
         <v>391.47</v>
       </c>
       <c r="AH16" s="62">
         <f t="shared" si="6"/>
         <v>552364.17000000004</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="81" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="24"/>
       <c r="D17" s="24"/>
       <c r="E17" s="24"/>
       <c r="F17" s="24"/>
       <c r="G17" s="24"/>
       <c r="H17" s="24"/>
       <c r="I17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="89" t="s">
+      <c r="J17" s="91" t="s">
         <v>48</v>
       </c>
-      <c r="K17" s="90"/>
-[...19 lines deleted...]
-      <c r="AE17" s="91"/>
+      <c r="K17" s="92"/>
+      <c r="L17" s="92"/>
+      <c r="M17" s="92"/>
+      <c r="N17" s="92"/>
+      <c r="O17" s="92"/>
+      <c r="P17" s="92"/>
+      <c r="Q17" s="92"/>
+      <c r="R17" s="92"/>
+      <c r="S17" s="92"/>
+      <c r="T17" s="92"/>
+      <c r="U17" s="92"/>
+      <c r="V17" s="92"/>
+      <c r="W17" s="92"/>
+      <c r="X17" s="92"/>
+      <c r="Y17" s="92"/>
+      <c r="Z17" s="92"/>
+      <c r="AA17" s="92"/>
+      <c r="AB17" s="92"/>
+      <c r="AC17" s="92"/>
+      <c r="AD17" s="92"/>
+      <c r="AE17" s="93"/>
       <c r="AF17" s="82" t="s">
         <v>47</v>
       </c>
       <c r="AG17" s="70"/>
       <c r="AH17" s="71"/>
     </row>
     <row r="18" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="54" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="44"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
       <c r="F18" s="44"/>
       <c r="G18" s="45"/>
       <c r="H18" s="45"/>
       <c r="I18" s="64">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16</f>
         <v>0</v>
       </c>
       <c r="J18" s="63">
@@ -14166,174 +14194,174 @@
         <v>0.57145499999999994</v>
       </c>
       <c r="AB23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AC23" s="7">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AD23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AE23" s="7">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AF23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AG23" s="7"/>
       <c r="AH23" s="8"/>
     </row>
-    <row r="24" spans="1:34" ht="33" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="30">
         <f t="shared" si="4"/>
         <v>18</v>
       </c>
       <c r="B24" s="72" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="24"/>
       <c r="D24" s="23"/>
       <c r="E24" s="24"/>
       <c r="F24" s="24"/>
       <c r="G24" s="24"/>
       <c r="H24" s="24"/>
       <c r="I24" s="7"/>
       <c r="J24" s="8"/>
       <c r="K24" s="7"/>
       <c r="L24" s="8"/>
       <c r="M24" s="7"/>
       <c r="N24" s="8"/>
       <c r="O24" s="7"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="8"/>
       <c r="S24" s="7"/>
       <c r="T24" s="8"/>
       <c r="U24" s="7"/>
       <c r="V24" s="8"/>
       <c r="W24" s="7"/>
       <c r="X24" s="8"/>
       <c r="Y24" s="7"/>
       <c r="Z24" s="8"/>
       <c r="AA24" s="7"/>
       <c r="AB24" s="8"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="8"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="8"/>
-      <c r="AG24" s="83" t="s">
+      <c r="AG24" s="85" t="s">
         <v>57</v>
       </c>
-      <c r="AH24" s="84"/>
+      <c r="AH24" s="86"/>
     </row>
     <row r="25" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="72" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="24"/>
       <c r="D25" s="23"/>
       <c r="E25" s="24"/>
       <c r="F25" s="24"/>
       <c r="G25" s="24"/>
       <c r="H25" s="24"/>
       <c r="I25" s="7"/>
       <c r="J25" s="8"/>
       <c r="K25" s="7"/>
       <c r="L25" s="8"/>
       <c r="M25" s="7"/>
       <c r="N25" s="8"/>
       <c r="O25" s="7"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="8"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
       <c r="U25" s="7"/>
       <c r="V25" s="8"/>
       <c r="W25" s="7"/>
       <c r="X25" s="8"/>
       <c r="Y25" s="7"/>
       <c r="Z25" s="8"/>
       <c r="AA25" s="7"/>
       <c r="AB25" s="8"/>
       <c r="AC25" s="7"/>
       <c r="AD25" s="8"/>
       <c r="AE25" s="7"/>
       <c r="AF25" s="8"/>
-      <c r="AG25" s="85"/>
-      <c r="AH25" s="86"/>
+      <c r="AG25" s="114"/>
+      <c r="AH25" s="88"/>
     </row>
     <row r="26" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="72" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="24"/>
       <c r="D26" s="23"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="7"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="8"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="8"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="8"/>
-      <c r="AG26" s="87"/>
-      <c r="AH26" s="88"/>
+      <c r="AG26" s="89"/>
+      <c r="AH26" s="90"/>
     </row>
     <row r="27" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="24"/>
       <c r="D27" s="23"/>
       <c r="E27" s="24"/>
       <c r="F27" s="24"/>
       <c r="G27" s="24"/>
       <c r="H27" s="24"/>
       <c r="I27" s="4">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="5">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="4">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>