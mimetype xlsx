--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -1,469 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\რეჟიმები\რეჟიმი დამტკიცებული 2025\რეჟიმი დამტკიცებული 2025\კახეთი 2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\საპროგნოზო რეჟიმები ასათვირთი\დანართი N1 პროფილური მომხმარებელი\კახეთი 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{479BD6D4-BD3D-467D-A878-F936547E2C6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{26E77049-A3B3-40D1-92BA-0017DF837CFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="მარცხენა" sheetId="26" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="პატარძეული" sheetId="28" r:id="rId4"/>
+    <sheet name="მარჯვენა" sheetId="24" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J19" i="27" l="1"/>
-[...23 lines deleted...]
-  <c r="J19" i="24"/>
+  <c r="J19" i="24" l="1"/>
   <c r="K19" i="24"/>
   <c r="L19" i="24"/>
   <c r="M19" i="24"/>
   <c r="O19" i="24"/>
   <c r="Y19" i="24"/>
   <c r="AA19" i="24"/>
   <c r="AB19" i="24"/>
   <c r="AC19" i="24"/>
   <c r="AD19" i="24"/>
   <c r="AE19" i="24"/>
   <c r="AF19" i="24"/>
   <c r="I19" i="24"/>
-  <c r="J19" i="26"/>
-[...342 lines deleted...]
-  <c r="AE24" i="24"/>
+  <c r="AE24" i="24" l="1"/>
   <c r="AC24" i="24"/>
   <c r="AA24" i="24"/>
   <c r="Y24" i="24"/>
   <c r="W24" i="24"/>
   <c r="U24" i="24"/>
   <c r="S24" i="24"/>
   <c r="Q24" i="24"/>
   <c r="O24" i="24"/>
   <c r="M24" i="24"/>
   <c r="K24" i="24"/>
   <c r="I24" i="24"/>
   <c r="AF23" i="24"/>
   <c r="AG23" i="24" s="1"/>
   <c r="AH23" i="24" s="1"/>
   <c r="AD23" i="24"/>
   <c r="AB23" i="24"/>
   <c r="Z23" i="24"/>
   <c r="X23" i="24"/>
   <c r="V23" i="24"/>
   <c r="T23" i="24"/>
   <c r="R23" i="24"/>
   <c r="P23" i="24"/>
   <c r="N23" i="24"/>
   <c r="L23" i="24"/>
   <c r="J23" i="24"/>
@@ -582,229 +209,86 @@
   <c r="J7" i="24" s="1"/>
   <c r="K7" i="24" s="1"/>
   <c r="L7" i="24" s="1"/>
   <c r="M7" i="24" s="1"/>
   <c r="N7" i="24" s="1"/>
   <c r="O7" i="24" s="1"/>
   <c r="P7" i="24" s="1"/>
   <c r="Q7" i="24" s="1"/>
   <c r="R7" i="24" s="1"/>
   <c r="S7" i="24" s="1"/>
   <c r="T7" i="24" s="1"/>
   <c r="U7" i="24" s="1"/>
   <c r="V7" i="24" s="1"/>
   <c r="W7" i="24" s="1"/>
   <c r="X7" i="24" s="1"/>
   <c r="Y7" i="24" s="1"/>
   <c r="Z7" i="24" s="1"/>
   <c r="AA7" i="24" s="1"/>
   <c r="AB7" i="24" s="1"/>
   <c r="AC7" i="24" s="1"/>
   <c r="AD7" i="24" s="1"/>
   <c r="AE7" i="24" s="1"/>
   <c r="AF7" i="24" s="1"/>
   <c r="AG7" i="24" s="1"/>
   <c r="AH7" i="24" s="1"/>
-  <c r="X24" i="27" l="1"/>
-[...13 lines deleted...]
-  <c r="AD29" i="27" s="1"/>
+  <c r="T24" i="24" l="1"/>
   <c r="V24" i="24"/>
-  <c r="Z24" i="28"/>
-[...19 lines deleted...]
-  <c r="M29" i="27" s="1"/>
   <c r="N24" i="24"/>
   <c r="M29" i="24"/>
   <c r="M30" i="24" s="1"/>
-  <c r="J24" i="28"/>
-[...1 lines deleted...]
-  <c r="J29" i="28" s="1"/>
   <c r="R24" i="24"/>
-  <c r="AE28" i="28"/>
-  <c r="AE29" i="28" s="1"/>
   <c r="O29" i="24"/>
   <c r="O30" i="24" s="1"/>
-  <c r="M28" i="28"/>
-  <c r="M29" i="28" s="1"/>
   <c r="P24" i="24"/>
   <c r="I29" i="24"/>
   <c r="I30" i="24" s="1"/>
-  <c r="I28" i="27"/>
-  <c r="I29" i="27" s="1"/>
   <c r="AE29" i="24"/>
   <c r="AE30" i="24" s="1"/>
   <c r="J24" i="24"/>
   <c r="J29" i="24" s="1"/>
   <c r="J30" i="24" s="1"/>
-  <c r="K28" i="27"/>
-[...14 lines deleted...]
-  <c r="O29" i="28" s="1"/>
   <c r="Y29" i="24"/>
   <c r="Y30" i="24" s="1"/>
-  <c r="AG20" i="27"/>
-[...4 lines deleted...]
-  <c r="AE29" i="27" s="1"/>
   <c r="AC29" i="24"/>
   <c r="AC30" i="24" s="1"/>
-  <c r="L24" i="27"/>
-[...2 lines deleted...]
-  <c r="Z24" i="27"/>
   <c r="AA29" i="24"/>
   <c r="AA30" i="24" s="1"/>
-  <c r="J24" i="27"/>
-[...13 lines deleted...]
-  <c r="AG19" i="28"/>
   <c r="AB24" i="24"/>
   <c r="AB29" i="24" s="1"/>
   <c r="AB30" i="24" s="1"/>
   <c r="AG19" i="24"/>
   <c r="AD24" i="24"/>
   <c r="AD29" i="24" s="1"/>
   <c r="AD30" i="24" s="1"/>
   <c r="Z24" i="24"/>
   <c r="L24" i="24"/>
   <c r="L29" i="24" s="1"/>
   <c r="L30" i="24" s="1"/>
   <c r="K29" i="24"/>
   <c r="K30" i="24" s="1"/>
   <c r="X24" i="24"/>
-  <c r="Q16" i="28"/>
-[...56 lines deleted...]
-  <c r="Q9" i="27"/>
   <c r="S9" i="24"/>
   <c r="Q9" i="24"/>
   <c r="U9" i="24"/>
   <c r="W9" i="24"/>
   <c r="V15" i="24"/>
   <c r="S15" i="24"/>
   <c r="Q15" i="24"/>
   <c r="P11" i="24"/>
   <c r="N11" i="24"/>
   <c r="N19" i="24" s="1"/>
   <c r="U17" i="24"/>
   <c r="S17" i="24"/>
   <c r="R17" i="24"/>
   <c r="W17" i="24"/>
   <c r="X8" i="24"/>
   <c r="W8" i="24"/>
   <c r="U8" i="24"/>
   <c r="S8" i="24"/>
   <c r="Z10" i="24"/>
   <c r="Z19" i="24" s="1"/>
   <c r="P10" i="24"/>
   <c r="Q16" i="24"/>
   <c r="X16" i="24"/>
   <c r="V16" i="24"/>
   <c r="V12" i="24"/>
@@ -820,435 +304,77 @@
   <c r="T19" i="24" s="1"/>
   <c r="R14" i="24"/>
   <c r="AF24" i="24"/>
   <c r="AF29" i="24" s="1"/>
   <c r="AF30" i="24" s="1"/>
   <c r="P19" i="24" l="1"/>
   <c r="S19" i="24"/>
   <c r="S29" i="24" s="1"/>
   <c r="S30" i="24" s="1"/>
   <c r="R19" i="24"/>
   <c r="R29" i="24" s="1"/>
   <c r="R30" i="24" s="1"/>
   <c r="U19" i="24"/>
   <c r="W19" i="24"/>
   <c r="W29" i="24" s="1"/>
   <c r="W30" i="24" s="1"/>
   <c r="X19" i="24"/>
   <c r="X29" i="24" s="1"/>
   <c r="X30" i="24" s="1"/>
   <c r="Q19" i="24"/>
   <c r="V19" i="24"/>
   <c r="V29" i="24" s="1"/>
   <c r="V30" i="24" s="1"/>
   <c r="T29" i="24"/>
   <c r="T30" i="24" s="1"/>
-  <c r="T28" i="28"/>
-[...2 lines deleted...]
-  <c r="AH14" i="28"/>
   <c r="Z29" i="24"/>
   <c r="Z30" i="24" s="1"/>
-  <c r="AG24" i="28"/>
-[...5 lines deleted...]
-  <c r="AH24" i="27" s="1"/>
   <c r="AH14" i="24"/>
-  <c r="T28" i="27"/>
-[...6 lines deleted...]
-  <c r="AH15" i="28"/>
   <c r="AH12" i="24"/>
   <c r="AH15" i="24"/>
-  <c r="AH16" i="28"/>
-[...50 lines deleted...]
-  <c r="X29" i="27" s="1"/>
   <c r="AH17" i="24"/>
   <c r="AH11" i="24"/>
   <c r="AH16" i="24"/>
   <c r="P29" i="24"/>
   <c r="P30" i="24" s="1"/>
   <c r="AH10" i="24"/>
   <c r="AH13" i="24"/>
   <c r="AH8" i="24"/>
   <c r="U29" i="24"/>
   <c r="U30" i="24" s="1"/>
   <c r="AH9" i="24"/>
   <c r="Q29" i="24"/>
   <c r="Q30" i="24" s="1"/>
-  <c r="N28" i="28" l="1"/>
-[...3 lines deleted...]
-  <c r="N29" i="24"/>
+  <c r="N29" i="24" l="1"/>
   <c r="AH19" i="24"/>
-  <c r="AE24" i="26"/>
-[...199 lines deleted...]
-  <c r="N30" i="24"/>
+  <c r="N30" i="24" l="1"/>
   <c r="AH29" i="24"/>
-  <c r="AF24" i="26"/>
-[...81 lines deleted...]
-  <c r="AH28" i="26"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="54">
   <si>
     <t>აგროვადების მიხედვით დადგენილი მორწყვის ნორმები, ჯერადობა და ვადები კულტურების მიხედვით</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>კულტურა</t>
   </si>
   <si>
     <r>
       <t>მ</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
@@ -1520,65 +646,64 @@
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">W </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> მოცულობა</t>
     </r>
   </si>
   <si>
     <t>SHUT DOWN</t>
   </si>
   <si>
-    <t>ესხებათ პირველი კატეგორიის დეფიციტი</t>
-[...1 lines deleted...]
-  <si>
     <t>წმო</t>
+  </si>
+  <si>
+    <t>ეხებათ პირველი კატეგორიის დეფიციტი</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
-    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+  <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
@@ -1594,103 +719,96 @@
       <b/>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="47">
+  <borders count="44">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2195,95 +1313,55 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...37 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="130">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2467,221 +1545,156 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...58 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...55 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2905,2696 +1918,311 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E563448A-ED85-4C5B-B0CA-B313E450A30C}">
-[...2371 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C112E36-BF97-4F2D-A687-A173FC4A7224}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH30"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A7" zoomScale="60" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="I19" sqref="I19:AF19"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="60" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="AG28" sqref="AG28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="10" width="14.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="13" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="17" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="32" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="13" style="2" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="21.140625" style="2" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="110" t="s">
+      <c r="A1" s="79" t="s">
         <v>47</v>
       </c>
-      <c r="B1" s="110"/>
-[...14 lines deleted...]
-      <c r="Q1" s="110"/>
+      <c r="B1" s="79"/>
+      <c r="C1" s="79"/>
+      <c r="D1" s="79"/>
+      <c r="E1" s="79"/>
+      <c r="F1" s="79"/>
+      <c r="G1" s="79"/>
+      <c r="H1" s="79"/>
+      <c r="I1" s="79"/>
+      <c r="J1" s="79"/>
+      <c r="K1" s="79"/>
+      <c r="L1" s="79"/>
+      <c r="M1" s="79"/>
+      <c r="N1" s="79"/>
+      <c r="O1" s="79"/>
+      <c r="P1" s="79"/>
+      <c r="Q1" s="79"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="111" t="s">
+      <c r="A2" s="80" t="s">
         <v>46</v>
       </c>
-      <c r="B2" s="112"/>
-[...31 lines deleted...]
-      <c r="AH2" s="113"/>
+      <c r="B2" s="81"/>
+      <c r="C2" s="81"/>
+      <c r="D2" s="81"/>
+      <c r="E2" s="81"/>
+      <c r="F2" s="81"/>
+      <c r="G2" s="81"/>
+      <c r="H2" s="81"/>
+      <c r="I2" s="81"/>
+      <c r="J2" s="81"/>
+      <c r="K2" s="81"/>
+      <c r="L2" s="81"/>
+      <c r="M2" s="81"/>
+      <c r="N2" s="81"/>
+      <c r="O2" s="81"/>
+      <c r="P2" s="81"/>
+      <c r="Q2" s="81"/>
+      <c r="R2" s="81"/>
+      <c r="S2" s="81"/>
+      <c r="T2" s="81"/>
+      <c r="U2" s="81"/>
+      <c r="V2" s="81"/>
+      <c r="W2" s="81"/>
+      <c r="X2" s="81"/>
+      <c r="Y2" s="81"/>
+      <c r="Z2" s="81"/>
+      <c r="AA2" s="81"/>
+      <c r="AB2" s="81"/>
+      <c r="AC2" s="81"/>
+      <c r="AD2" s="81"/>
+      <c r="AE2" s="81"/>
+      <c r="AF2" s="81"/>
+      <c r="AG2" s="81"/>
+      <c r="AH2" s="82"/>
     </row>
     <row r="3" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="114" t="s">
-[...34 lines deleted...]
-      <c r="AH3" s="116"/>
+      <c r="A3" s="83" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="84"/>
+      <c r="C3" s="84"/>
+      <c r="D3" s="84"/>
+      <c r="E3" s="84"/>
+      <c r="F3" s="84"/>
+      <c r="G3" s="84"/>
+      <c r="H3" s="84"/>
+      <c r="I3" s="84"/>
+      <c r="J3" s="84"/>
+      <c r="K3" s="84"/>
+      <c r="L3" s="84"/>
+      <c r="M3" s="84"/>
+      <c r="N3" s="84"/>
+      <c r="O3" s="84"/>
+      <c r="P3" s="84"/>
+      <c r="Q3" s="84"/>
+      <c r="R3" s="84"/>
+      <c r="S3" s="84"/>
+      <c r="T3" s="84"/>
+      <c r="U3" s="84"/>
+      <c r="V3" s="84"/>
+      <c r="W3" s="84"/>
+      <c r="X3" s="84"/>
+      <c r="Y3" s="84"/>
+      <c r="Z3" s="84"/>
+      <c r="AA3" s="84"/>
+      <c r="AB3" s="84"/>
+      <c r="AC3" s="84"/>
+      <c r="AD3" s="84"/>
+      <c r="AE3" s="84"/>
+      <c r="AF3" s="84"/>
+      <c r="AG3" s="84"/>
+      <c r="AH3" s="85"/>
     </row>
     <row r="4" spans="1:34" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="117" t="s">
+      <c r="A4" s="86" t="s">
         <v>26</v>
       </c>
-      <c r="B4" s="118"/>
-[...31 lines deleted...]
-      <c r="AH4" s="119"/>
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+      <c r="F4" s="87"/>
+      <c r="G4" s="87"/>
+      <c r="H4" s="87"/>
+      <c r="I4" s="87"/>
+      <c r="J4" s="87"/>
+      <c r="K4" s="87"/>
+      <c r="L4" s="87"/>
+      <c r="M4" s="87"/>
+      <c r="N4" s="87"/>
+      <c r="O4" s="87"/>
+      <c r="P4" s="87"/>
+      <c r="Q4" s="87"/>
+      <c r="R4" s="87"/>
+      <c r="S4" s="87"/>
+      <c r="T4" s="87"/>
+      <c r="U4" s="87"/>
+      <c r="V4" s="87"/>
+      <c r="W4" s="87"/>
+      <c r="X4" s="87"/>
+      <c r="Y4" s="87"/>
+      <c r="Z4" s="87"/>
+      <c r="AA4" s="87"/>
+      <c r="AB4" s="87"/>
+      <c r="AC4" s="87"/>
+      <c r="AD4" s="87"/>
+      <c r="AE4" s="87"/>
+      <c r="AF4" s="87"/>
+      <c r="AG4" s="87"/>
+      <c r="AH4" s="88"/>
     </row>
     <row r="5" spans="1:34" ht="65.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="120" t="s">
+      <c r="A5" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="122" t="s">
+      <c r="B5" s="91" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="122" t="s">
+      <c r="C5" s="91" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="124" t="s">
+      <c r="D5" s="93" t="s">
         <v>27</v>
       </c>
-      <c r="E5" s="124" t="s">
+      <c r="E5" s="93" t="s">
         <v>28</v>
       </c>
-      <c r="F5" s="124" t="s">
+      <c r="F5" s="93" t="s">
         <v>29</v>
       </c>
-      <c r="G5" s="124" t="s">
+      <c r="G5" s="93" t="s">
         <v>30</v>
       </c>
-      <c r="H5" s="124" t="s">
+      <c r="H5" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="I5" s="126" t="s">
+      <c r="I5" s="95" t="s">
         <v>41</v>
       </c>
-      <c r="J5" s="127"/>
-      <c r="K5" s="126" t="s">
+      <c r="J5" s="96"/>
+      <c r="K5" s="95" t="s">
         <v>40</v>
       </c>
-      <c r="L5" s="128"/>
-      <c r="M5" s="106" t="s">
+      <c r="L5" s="97"/>
+      <c r="M5" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="N5" s="107"/>
-      <c r="O5" s="106" t="s">
+      <c r="N5" s="78"/>
+      <c r="O5" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="P5" s="107"/>
-      <c r="Q5" s="106" t="s">
+      <c r="P5" s="78"/>
+      <c r="Q5" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="R5" s="107"/>
-      <c r="S5" s="106" t="s">
+      <c r="R5" s="78"/>
+      <c r="S5" s="77" t="s">
         <v>7</v>
       </c>
-      <c r="T5" s="107"/>
-      <c r="U5" s="106" t="s">
+      <c r="T5" s="78"/>
+      <c r="U5" s="77" t="s">
         <v>8</v>
       </c>
-      <c r="V5" s="107"/>
-      <c r="W5" s="106" t="s">
+      <c r="V5" s="78"/>
+      <c r="W5" s="77" t="s">
         <v>9</v>
       </c>
-      <c r="X5" s="107"/>
-      <c r="Y5" s="106" t="s">
+      <c r="X5" s="78"/>
+      <c r="Y5" s="77" t="s">
         <v>10</v>
       </c>
-      <c r="Z5" s="107"/>
-      <c r="AA5" s="106" t="s">
+      <c r="Z5" s="78"/>
+      <c r="AA5" s="77" t="s">
         <v>11</v>
       </c>
-      <c r="AB5" s="107"/>
-      <c r="AC5" s="106" t="s">
+      <c r="AB5" s="78"/>
+      <c r="AC5" s="77" t="s">
         <v>42</v>
       </c>
-      <c r="AD5" s="107"/>
-      <c r="AE5" s="106" t="s">
+      <c r="AD5" s="78"/>
+      <c r="AE5" s="77" t="s">
         <v>12</v>
       </c>
-      <c r="AF5" s="107"/>
-      <c r="AG5" s="108" t="s">
+      <c r="AF5" s="78"/>
+      <c r="AG5" s="103" t="s">
         <v>43</v>
       </c>
-      <c r="AH5" s="109"/>
+      <c r="AH5" s="104"/>
     </row>
     <row r="6" spans="1:34" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="121"/>
-[...6 lines deleted...]
-      <c r="H6" s="125"/>
+      <c r="A6" s="90"/>
+      <c r="B6" s="92"/>
+      <c r="C6" s="92"/>
+      <c r="D6" s="92"/>
+      <c r="E6" s="92"/>
+      <c r="F6" s="94"/>
+      <c r="G6" s="92"/>
+      <c r="H6" s="94"/>
       <c r="I6" s="25" t="s">
         <v>13</v>
       </c>
       <c r="J6" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K6" s="25" t="s">
         <v>13</v>
       </c>
       <c r="L6" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M6" s="25" t="s">
         <v>13</v>
       </c>
       <c r="N6" s="26" t="s">
         <v>14</v>
       </c>
       <c r="O6" s="25" t="s">
         <v>13</v>
       </c>
       <c r="P6" s="26" t="s">
         <v>15</v>
       </c>
       <c r="Q6" s="25" t="s">
@@ -7208,144 +3836,144 @@
       <c r="H25" s="22"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="7"/>
       <c r="U25" s="7"/>
       <c r="V25" s="7"/>
       <c r="W25" s="7"/>
       <c r="X25" s="7"/>
       <c r="Y25" s="7"/>
       <c r="Z25" s="7"/>
       <c r="AA25" s="7"/>
       <c r="AB25" s="7"/>
       <c r="AC25" s="7"/>
       <c r="AD25" s="7"/>
       <c r="AE25" s="7"/>
       <c r="AF25" s="7"/>
-      <c r="AG25" s="100" t="s">
-[...2 lines deleted...]
-      <c r="AH25" s="101"/>
+      <c r="AG25" s="98" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH25" s="99"/>
     </row>
     <row r="26" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="7"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="8"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="8"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="8"/>
-      <c r="AG26" s="129"/>
-      <c r="AH26" s="103"/>
+      <c r="AG26" s="105"/>
+      <c r="AH26" s="100"/>
     </row>
     <row r="27" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="7"/>
       <c r="J27" s="8"/>
       <c r="K27" s="7"/>
       <c r="L27" s="8"/>
       <c r="M27" s="7"/>
       <c r="N27" s="8"/>
       <c r="O27" s="7"/>
       <c r="P27" s="8"/>
       <c r="Q27" s="7"/>
       <c r="R27" s="8"/>
       <c r="S27" s="7"/>
       <c r="T27" s="8"/>
       <c r="U27" s="7"/>
       <c r="V27" s="8"/>
       <c r="W27" s="7"/>
       <c r="X27" s="8"/>
       <c r="Y27" s="7"/>
       <c r="Z27" s="8"/>
       <c r="AA27" s="7"/>
       <c r="AB27" s="8"/>
       <c r="AC27" s="7"/>
       <c r="AD27" s="8"/>
       <c r="AE27" s="7"/>
       <c r="AF27" s="8"/>
-      <c r="AG27" s="104"/>
-      <c r="AH27" s="105"/>
+      <c r="AG27" s="101"/>
+      <c r="AH27" s="102"/>
     </row>
     <row r="28" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B28" s="28" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C28" s="22"/>
       <c r="D28" s="22"/>
       <c r="E28" s="22"/>
       <c r="F28" s="22"/>
       <c r="G28" s="22"/>
       <c r="H28" s="22"/>
       <c r="I28" s="7"/>
       <c r="J28" s="8"/>
       <c r="K28" s="7"/>
       <c r="L28" s="8"/>
       <c r="M28" s="7"/>
       <c r="N28" s="8"/>
       <c r="O28" s="7"/>
       <c r="P28" s="8"/>
       <c r="Q28" s="7"/>
       <c r="R28" s="8"/>
       <c r="S28" s="7"/>
       <c r="T28" s="8"/>
       <c r="U28" s="7"/>
       <c r="V28" s="8"/>
       <c r="W28" s="7"/>
       <c r="X28" s="8"/>
       <c r="Y28" s="7"/>
       <c r="Z28" s="8"/>
@@ -7567,4660 +4195,94 @@
       <c r="AB30" s="42">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC30" s="60">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AD30" s="42">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AE30" s="60">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AF30" s="42">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AG30" s="60"/>
       <c r="AH30" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="26">
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="I5:J5"/>
+    <mergeCell ref="K5:L5"/>
+    <mergeCell ref="M5:N5"/>
+    <mergeCell ref="O5:P5"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="H5:H6"/>
     <mergeCell ref="AG25:AH27"/>
     <mergeCell ref="A1:Q1"/>
     <mergeCell ref="AE5:AF5"/>
     <mergeCell ref="AG5:AH5"/>
     <mergeCell ref="S5:T5"/>
     <mergeCell ref="U5:V5"/>
     <mergeCell ref="W5:X5"/>
     <mergeCell ref="Y5:Z5"/>
     <mergeCell ref="AA5:AB5"/>
     <mergeCell ref="AC5:AD5"/>
     <mergeCell ref="Q5:R5"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:AH4"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:B6"/>
-    <mergeCell ref="C5:C6"/>
-[...8 lines deleted...]
-    <mergeCell ref="H5:H6"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="30" fitToHeight="0" orientation="landscape" r:id="rId1"/>
-</worksheet>
-[...4561 lines deleted...]
-  <pageSetup paperSize="9" scale="35" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>მარცხენა</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>მარჯვენა</vt:lpstr>
-      <vt:lpstr>ხაშმი</vt:lpstr>
-      <vt:lpstr>პატარძეული</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tamaz Kereselidze</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>