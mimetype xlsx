--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -7,56 +7,56 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\რეჟიმები\რეჟიმი დამტკიცებული 2025\რეჟიმი დამტკიცებული 2025\კახეთი 2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\საპროგნოზო რეჟიმები ასათვირთი\დანართი N1 პროფილური მომხმარებელი 2026\კახეთი 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{380C5AA6-7B06-4FF3-A2C7-147ED1DDB113}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{39A06711-02CD-40B1-A2C2-AB82F9E3EA24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="მარცხენა" sheetId="26" r:id="rId1"/>
     <sheet name="მარჯვენა" sheetId="24" r:id="rId2"/>
     <sheet name="ხაშმი" sheetId="27" r:id="rId3"/>
     <sheet name="პატარძეული" sheetId="28" r:id="rId4"/>
     <sheet name="ვერხვიანის მ.ს.ს." sheetId="29" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -284,52 +284,50 @@
   <c r="J6" i="29" s="1"/>
   <c r="K6" i="29" s="1"/>
   <c r="L6" i="29" s="1"/>
   <c r="M6" i="29" s="1"/>
   <c r="N6" i="29" s="1"/>
   <c r="O6" i="29" s="1"/>
   <c r="P6" i="29" s="1"/>
   <c r="Q6" i="29" s="1"/>
   <c r="R6" i="29" s="1"/>
   <c r="S6" i="29" s="1"/>
   <c r="T6" i="29" s="1"/>
   <c r="U6" i="29" s="1"/>
   <c r="V6" i="29" s="1"/>
   <c r="W6" i="29" s="1"/>
   <c r="X6" i="29" s="1"/>
   <c r="Y6" i="29" s="1"/>
   <c r="Z6" i="29" s="1"/>
   <c r="AA6" i="29" s="1"/>
   <c r="AB6" i="29" s="1"/>
   <c r="AC6" i="29" s="1"/>
   <c r="AD6" i="29" s="1"/>
   <c r="AE6" i="29" s="1"/>
   <c r="AF6" i="29" s="1"/>
   <c r="AG6" i="29" s="1"/>
   <c r="AH6" i="29" s="1"/>
-  <c r="T8" i="24"/>
-  <c r="R8" i="24"/>
   <c r="R12" i="29" l="1"/>
   <c r="X12" i="29"/>
   <c r="S8" i="29"/>
   <c r="S16" i="29"/>
   <c r="W16" i="29"/>
   <c r="Q8" i="29"/>
   <c r="R16" i="29"/>
   <c r="AG18" i="29"/>
   <c r="P10" i="29"/>
   <c r="N10" i="29"/>
   <c r="W7" i="29"/>
   <c r="U7" i="29"/>
   <c r="S7" i="29"/>
   <c r="X7" i="29"/>
   <c r="X18" i="29" s="1"/>
   <c r="X27" i="29" s="1"/>
   <c r="X28" i="29" s="1"/>
   <c r="Q14" i="29"/>
   <c r="V14" i="29"/>
   <c r="S14" i="29"/>
   <c r="AH23" i="29"/>
   <c r="T13" i="29"/>
   <c r="T18" i="29" s="1"/>
   <c r="T27" i="29" s="1"/>
   <c r="T28" i="29" s="1"/>
@@ -862,51 +860,53 @@
   <c r="J6" i="24" s="1"/>
   <c r="K6" i="24" s="1"/>
   <c r="L6" i="24" s="1"/>
   <c r="M6" i="24" s="1"/>
   <c r="N6" i="24" s="1"/>
   <c r="O6" i="24" s="1"/>
   <c r="P6" i="24" s="1"/>
   <c r="Q6" i="24" s="1"/>
   <c r="R6" i="24" s="1"/>
   <c r="S6" i="24" s="1"/>
   <c r="T6" i="24" s="1"/>
   <c r="U6" i="24" s="1"/>
   <c r="V6" i="24" s="1"/>
   <c r="W6" i="24" s="1"/>
   <c r="X6" i="24" s="1"/>
   <c r="Y6" i="24" s="1"/>
   <c r="Z6" i="24" s="1"/>
   <c r="AA6" i="24" s="1"/>
   <c r="AB6" i="24" s="1"/>
   <c r="AC6" i="24" s="1"/>
   <c r="AD6" i="24" s="1"/>
   <c r="AE6" i="24" s="1"/>
   <c r="AF6" i="24" s="1"/>
   <c r="AG6" i="24" s="1"/>
   <c r="AH6" i="24" s="1"/>
-  <c r="N27" i="29" l="1"/>
+  <c r="T8" i="24" l="1"/>
+  <c r="R8" i="24"/>
+  <c r="N27" i="29"/>
   <c r="AH18" i="29"/>
   <c r="S11" i="24"/>
   <c r="R11" i="24"/>
   <c r="Q11" i="24"/>
   <c r="X23" i="27"/>
   <c r="T23" i="24"/>
   <c r="AB23" i="27"/>
   <c r="AB27" i="27" s="1"/>
   <c r="AB28" i="27" s="1"/>
   <c r="AB23" i="28"/>
   <c r="AB27" i="28" s="1"/>
   <c r="AB28" i="28" s="1"/>
   <c r="L23" i="28"/>
   <c r="L27" i="28" s="1"/>
   <c r="L28" i="28" s="1"/>
   <c r="P23" i="28"/>
   <c r="AD23" i="27"/>
   <c r="AD27" i="27" s="1"/>
   <c r="AD28" i="27" s="1"/>
   <c r="V23" i="24"/>
   <c r="Z23" i="28"/>
   <c r="Z27" i="28" s="1"/>
   <c r="Z28" i="28" s="1"/>
   <c r="AF23" i="28"/>
   <c r="AF27" i="28" s="1"/>
@@ -1453,97 +1453,97 @@
   <c r="AA18" i="24"/>
   <c r="AA28" i="24" s="1"/>
   <c r="AA29" i="24" s="1"/>
   <c r="J18" i="24"/>
   <c r="J28" i="24"/>
   <c r="J29" i="24" s="1"/>
   <c r="W18" i="24"/>
   <c r="W28" i="24" s="1"/>
   <c r="W29" i="24" s="1"/>
   <c r="L18" i="24"/>
   <c r="L28" i="24" s="1"/>
   <c r="L29" i="24" s="1"/>
   <c r="M18" i="24"/>
   <c r="M28" i="24" s="1"/>
   <c r="M29" i="24" s="1"/>
   <c r="P18" i="24"/>
   <c r="P28" i="24" s="1"/>
   <c r="P29" i="24" s="1"/>
   <c r="AC18" i="24"/>
   <c r="AC28" i="24" s="1"/>
   <c r="AC29" i="24" s="1"/>
   <c r="V18" i="24"/>
   <c r="V28" i="24" s="1"/>
   <c r="V29" i="24" s="1"/>
   <c r="X18" i="24"/>
-  <c r="X28" i="24"/>
+  <c r="X28" i="24" s="1"/>
   <c r="X29" i="24" s="1"/>
   <c r="Y18" i="24"/>
   <c r="Y28" i="24"/>
   <c r="Y29" i="24" s="1"/>
   <c r="O18" i="24"/>
   <c r="O28" i="24" s="1"/>
   <c r="O29" i="24" s="1"/>
   <c r="AD18" i="24"/>
   <c r="AD28" i="24" s="1"/>
   <c r="AD29" i="24" s="1"/>
   <c r="U18" i="24"/>
   <c r="U28" i="24" s="1"/>
   <c r="U29" i="24" s="1"/>
   <c r="K18" i="24"/>
   <c r="K28" i="24" s="1"/>
   <c r="K29" i="24" s="1"/>
   <c r="AB18" i="24"/>
   <c r="AB28" i="24" s="1"/>
   <c r="AB29" i="24" s="1"/>
   <c r="Q18" i="24"/>
   <c r="Q28" i="24" s="1"/>
   <c r="Q29" i="24" s="1"/>
   <c r="R18" i="24"/>
   <c r="R28" i="24" s="1"/>
   <c r="R29" i="24" s="1"/>
   <c r="S18" i="24"/>
   <c r="S28" i="24" s="1"/>
   <c r="S29" i="24" s="1"/>
   <c r="AE18" i="24"/>
   <c r="AE28" i="24" s="1"/>
   <c r="AE29" i="24" s="1"/>
   <c r="T18" i="24"/>
   <c r="T28" i="24" s="1"/>
   <c r="T29" i="24" s="1"/>
   <c r="AF18" i="24"/>
   <c r="AF28" i="24" s="1"/>
   <c r="AF29" i="24" s="1"/>
   <c r="AH18" i="24" l="1"/>
   <c r="I28" i="24"/>
   <c r="I29" i="24" l="1"/>
   <c r="AH28" i="24"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="381" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="381" uniqueCount="59">
   <si>
     <t>აგროვადების მიხედვით დადგენილი მორწყვის ნორმები, ჯერადობა და ვადები კულტურების მიხედვით</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>კულტურა</t>
   </si>
   <si>
     <r>
       <t>მ</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
@@ -1729,53 +1729,50 @@
     </r>
   </si>
   <si>
     <t>წყლის ყოველდღიური ხარჯი  Q მ³/წმ</t>
   </si>
   <si>
     <t>მორწყვის ჯერადობა n</t>
   </si>
   <si>
     <t>თებერვალი II</t>
   </si>
   <si>
     <t>იანვარი I</t>
   </si>
   <si>
     <t>ნოემბერი  XI</t>
   </si>
   <si>
     <t>ჯამი</t>
   </si>
   <si>
     <t>ჰექტარ რწყვა</t>
   </si>
   <si>
     <t>წყლის მოცულობა</t>
-  </si>
-[...1 lines deleted...]
-    <t>ესხებათ პირველი კატეგორიის დეფიციტი</t>
   </si>
   <si>
     <t>წმო</t>
   </si>
   <si>
     <t>პატარძეულის არხი</t>
   </si>
   <si>
     <t>სისტემის გაჩერების რეჟიმი</t>
   </si>
   <si>
     <t xml:space="preserve"> სისტემის გაჩერების პერიოდი</t>
   </si>
   <si>
     <t>სისტემის საირიგაციო პერიოდი</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">ტბორის წყლის ნეტო </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
@@ -2559,51 +2556,51 @@
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="137">
+  <cellXfs count="136">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2954,53 +2951,50 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -3268,85 +3262,85 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E563448A-ED85-4C5B-B0CA-B313E450A30C}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH28"/>
   <sheetViews>
-    <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="M21" sqref="M21"/>
+    <sheetView tabSelected="1" topLeftCell="A4" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+      <selection activeCell="D26" sqref="D26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="10" width="11.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="12.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="14.7109375" style="2" customWidth="1"/>
     <col min="13" max="13" width="16.85546875" style="1" customWidth="1"/>
     <col min="14" max="16" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="26" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="32" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="18.28515625" style="2" customWidth="1"/>
     <col min="34" max="34" width="18.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="118" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B1" s="119"/>
       <c r="C1" s="119"/>
       <c r="D1" s="119"/>
       <c r="E1" s="119"/>
       <c r="F1" s="119"/>
       <c r="G1" s="119"/>
       <c r="H1" s="119"/>
       <c r="I1" s="119"/>
       <c r="J1" s="119"/>
       <c r="K1" s="119"/>
       <c r="L1" s="119"/>
       <c r="M1" s="119"/>
       <c r="N1" s="119"/>
       <c r="O1" s="119"/>
       <c r="P1" s="119"/>
       <c r="Q1" s="119"/>
       <c r="R1" s="119"/>
       <c r="S1" s="119"/>
       <c r="T1" s="119"/>
       <c r="U1" s="119"/>
       <c r="V1" s="119"/>
       <c r="W1" s="119"/>
       <c r="X1" s="119"/>
       <c r="Y1" s="119"/>
@@ -4429,208 +4423,208 @@
       </c>
       <c r="X16" s="69"/>
       <c r="Y16" s="68"/>
       <c r="Z16" s="69"/>
       <c r="AA16" s="48"/>
       <c r="AB16" s="49"/>
       <c r="AC16" s="48"/>
       <c r="AD16" s="49"/>
       <c r="AE16" s="48"/>
       <c r="AF16" s="49"/>
       <c r="AG16" s="57">
         <f>F16*H16</f>
         <v>786</v>
       </c>
       <c r="AH16" s="53">
         <f t="shared" si="6"/>
         <v>1127530.1000000001</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="75"/>
       <c r="I17" s="99" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J17" s="100"/>
       <c r="K17" s="100"/>
       <c r="L17" s="100"/>
       <c r="M17" s="101"/>
       <c r="N17" s="102" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O17" s="103"/>
       <c r="P17" s="103"/>
       <c r="Q17" s="103"/>
       <c r="R17" s="103"/>
       <c r="S17" s="103"/>
       <c r="T17" s="103"/>
       <c r="U17" s="103"/>
       <c r="V17" s="103"/>
       <c r="W17" s="103"/>
       <c r="X17" s="103"/>
       <c r="Y17" s="103"/>
       <c r="Z17" s="104"/>
       <c r="AA17" s="105" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AB17" s="106"/>
       <c r="AC17" s="106"/>
       <c r="AD17" s="106"/>
       <c r="AE17" s="106"/>
       <c r="AF17" s="107"/>
       <c r="AG17" s="62"/>
       <c r="AH17" s="63"/>
     </row>
     <row r="18" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="46" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="44"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
       <c r="F18" s="44"/>
       <c r="G18" s="45"/>
       <c r="H18" s="81"/>
       <c r="I18" s="55">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="J18" s="55">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="K18" s="55">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>12500</v>
       </c>
       <c r="L18" s="55">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>12500</v>
       </c>
       <c r="M18" s="55">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>13000</v>
       </c>
       <c r="N18" s="55">
         <f t="shared" si="7"/>
         <v>13375</v>
       </c>
       <c r="O18" s="55">
         <f t="shared" si="7"/>
         <v>12875</v>
       </c>
       <c r="P18" s="55">
         <f t="shared" si="7"/>
         <v>12875</v>
       </c>
       <c r="Q18" s="55">
         <f t="shared" si="7"/>
         <v>2787463.6900000004</v>
       </c>
       <c r="R18" s="55">
         <f t="shared" si="7"/>
         <v>448863.90666666662</v>
       </c>
       <c r="S18" s="55">
         <f t="shared" si="7"/>
-        <v>5872994.6752083329</v>
+        <v>5872993.6752083329</v>
       </c>
       <c r="T18" s="55">
         <f t="shared" si="7"/>
-        <v>81300.170000000013</v>
+        <v>81299.170000000013</v>
       </c>
       <c r="U18" s="55">
         <f t="shared" si="7"/>
         <v>3629840.9499999997</v>
       </c>
       <c r="V18" s="55">
         <f t="shared" si="7"/>
         <v>2686901.1360000004</v>
       </c>
       <c r="W18" s="55">
         <f t="shared" si="7"/>
         <v>3498937.8499999996</v>
       </c>
       <c r="X18" s="55">
         <f t="shared" si="7"/>
         <v>3352452.0613333331</v>
       </c>
       <c r="Y18" s="55">
         <f t="shared" si="7"/>
         <v>15542</v>
       </c>
       <c r="Z18" s="55">
         <f t="shared" si="7"/>
         <v>15542</v>
       </c>
       <c r="AA18" s="55">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>12500</v>
       </c>
       <c r="AB18" s="55">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>12500</v>
       </c>
       <c r="AC18" s="55">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>12500</v>
       </c>
       <c r="AD18" s="55">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>12500</v>
       </c>
       <c r="AE18" s="55">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>12500</v>
       </c>
       <c r="AF18" s="55">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>12500</v>
       </c>
       <c r="AG18" s="55">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>16841.259999999995</v>
       </c>
       <c r="AH18" s="54">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>22428963.439208332</v>
+        <v>22543961.439208332</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="30">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>32</v>
       </c>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="22"/>
       <c r="H19" s="75"/>
       <c r="I19" s="9">
         <v>0.9</v>
       </c>
       <c r="J19" s="10">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="9">
         <v>0.9</v>
@@ -5142,51 +5136,51 @@
         <v>0.57145499999999994</v>
       </c>
       <c r="AE23" s="7">
         <f t="shared" si="21"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AF23" s="8">
         <f t="shared" si="21"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AG23" s="8">
         <f t="shared" ref="AG23:AH23" si="22">AG19*AG20*AG21*AG22</f>
         <v>0.57145499999999994</v>
       </c>
       <c r="AH23" s="8">
         <f t="shared" si="22"/>
         <v>0.57145499999999994</v>
       </c>
     </row>
     <row r="24" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="30">
         <f t="shared" si="4"/>
         <v>18</v>
       </c>
       <c r="B24" s="28" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C24" s="22"/>
       <c r="D24" s="22"/>
       <c r="E24" s="22"/>
       <c r="F24" s="22"/>
       <c r="G24" s="22"/>
       <c r="H24" s="75"/>
       <c r="I24" s="7"/>
       <c r="J24" s="7"/>
       <c r="K24" s="7"/>
       <c r="L24" s="7"/>
       <c r="M24" s="75"/>
       <c r="N24" s="98">
         <v>375</v>
       </c>
       <c r="O24" s="98">
         <v>375</v>
       </c>
       <c r="P24" s="98">
         <v>375</v>
       </c>
       <c r="Q24" s="98">
         <v>375</v>
       </c>
       <c r="R24" s="98">
@@ -5201,468 +5195,490 @@
       <c r="U24" s="98">
         <v>1050</v>
       </c>
       <c r="V24" s="98">
         <v>1050</v>
       </c>
       <c r="W24" s="98">
         <v>1050</v>
       </c>
       <c r="X24" s="98">
         <v>1050</v>
       </c>
       <c r="Y24" s="98">
         <v>375</v>
       </c>
       <c r="Z24" s="98">
         <v>375</v>
       </c>
       <c r="AA24" s="87"/>
       <c r="AB24" s="7"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="7"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="7"/>
       <c r="AG24" s="110" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="AH24" s="111"/>
     </row>
     <row r="25" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="75"/>
-      <c r="I25" s="91"/>
-[...3 lines deleted...]
-      <c r="M25" s="97"/>
+      <c r="I25" s="91">
+        <v>1000</v>
+      </c>
+      <c r="J25" s="92">
+        <v>1000</v>
+      </c>
+      <c r="K25" s="91">
+        <v>12500</v>
+      </c>
+      <c r="L25" s="92">
+        <v>12500</v>
+      </c>
+      <c r="M25" s="97">
+        <v>13000</v>
+      </c>
       <c r="N25" s="96">
         <v>13000</v>
       </c>
       <c r="O25" s="96">
         <v>12500</v>
       </c>
       <c r="P25" s="96">
         <v>12500</v>
       </c>
       <c r="Q25" s="96">
         <v>12500</v>
       </c>
       <c r="R25" s="96">
         <v>12500</v>
       </c>
       <c r="S25" s="96">
-        <v>16092</v>
+        <v>16091</v>
       </c>
       <c r="T25" s="96">
-        <v>16092</v>
+        <v>16091</v>
       </c>
       <c r="U25" s="96">
         <v>17684</v>
       </c>
       <c r="V25" s="96">
         <v>17684</v>
       </c>
       <c r="W25" s="96">
         <v>18259</v>
       </c>
       <c r="X25" s="96">
         <v>18259</v>
       </c>
       <c r="Y25" s="96">
         <v>15167</v>
       </c>
       <c r="Z25" s="96">
         <v>15167</v>
       </c>
-      <c r="AA25" s="77"/>
-[...4 lines deleted...]
-      <c r="AF25" s="76"/>
+      <c r="AA25" s="77">
+        <v>12500</v>
+      </c>
+      <c r="AB25" s="76">
+        <v>12500</v>
+      </c>
+      <c r="AC25" s="76">
+        <v>12500</v>
+      </c>
+      <c r="AD25" s="76">
+        <v>12500</v>
+      </c>
+      <c r="AE25" s="76">
+        <v>12500</v>
+      </c>
+      <c r="AF25" s="76">
+        <v>12500</v>
+      </c>
       <c r="AG25" s="112"/>
       <c r="AH25" s="113"/>
     </row>
     <row r="26" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="75"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="87"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="8"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="8"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="8"/>
       <c r="AG26" s="114"/>
       <c r="AH26" s="115"/>
     </row>
     <row r="27" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>37</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="75"/>
       <c r="I27" s="5">
         <f>I18/I23</f>
-        <v>0</v>
+        <v>1749.9190662431865</v>
       </c>
       <c r="J27" s="6">
         <f>J18/J23</f>
-        <v>0</v>
+        <v>1749.9190662431865</v>
       </c>
       <c r="K27" s="5">
         <f t="shared" ref="K27:AE27" si="23">K18/K23</f>
-        <v>0</v>
+        <v>21873.988328039832</v>
       </c>
       <c r="L27" s="6">
         <f t="shared" si="23"/>
-        <v>0</v>
+        <v>21873.988328039832</v>
       </c>
       <c r="M27" s="5">
         <f t="shared" si="23"/>
-        <v>0</v>
+        <v>22748.947861161425</v>
       </c>
       <c r="N27" s="6">
         <f t="shared" si="23"/>
         <v>23405.167511002619</v>
       </c>
       <c r="O27" s="88">
         <f>O18/O23</f>
         <v>22530.207977881026</v>
       </c>
       <c r="P27" s="6">
         <f t="shared" si="23"/>
         <v>22530.207977881026</v>
       </c>
       <c r="Q27" s="5">
         <f t="shared" si="23"/>
         <v>4877835.8575915881</v>
       </c>
       <c r="R27" s="6">
         <f t="shared" si="23"/>
         <v>785475.5084244021</v>
       </c>
       <c r="S27" s="5">
         <f t="shared" si="23"/>
-        <v>10277265.358091772</v>
+        <v>10277263.608172705</v>
       </c>
       <c r="T27" s="6">
         <f t="shared" si="23"/>
-        <v>142268.71757181233</v>
+        <v>142266.9676527461</v>
       </c>
       <c r="U27" s="5">
         <f t="shared" si="23"/>
         <v>6351927.8858352806</v>
       </c>
       <c r="V27" s="6">
         <f t="shared" si="23"/>
         <v>4701859.526996878</v>
       </c>
       <c r="W27" s="5">
         <f t="shared" si="23"/>
         <v>6122858.0553149413</v>
       </c>
       <c r="X27" s="6">
         <f t="shared" si="23"/>
         <v>5866519.7807934722</v>
       </c>
       <c r="Y27" s="5">
         <f t="shared" si="23"/>
         <v>27197.242127551603</v>
       </c>
       <c r="Z27" s="6">
         <f t="shared" si="23"/>
         <v>27197.242127551603</v>
       </c>
       <c r="AA27" s="5">
         <f t="shared" si="23"/>
-        <v>0</v>
+        <v>21873.988328039832</v>
       </c>
       <c r="AB27" s="6">
         <f t="shared" si="23"/>
-        <v>0</v>
+        <v>21873.988328039832</v>
       </c>
       <c r="AC27" s="5">
         <f t="shared" si="23"/>
-        <v>0</v>
+        <v>21873.988328039832</v>
       </c>
       <c r="AD27" s="6">
         <f t="shared" si="23"/>
-        <v>0</v>
+        <v>21873.988328039832</v>
       </c>
       <c r="AE27" s="5">
         <f t="shared" si="23"/>
-        <v>0</v>
+        <v>21873.988328039832</v>
       </c>
       <c r="AF27" s="6">
         <f>AF18/AF23</f>
-        <v>0</v>
+        <v>21873.988328039832</v>
       </c>
       <c r="AG27" s="5"/>
       <c r="AH27" s="6">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>39248870.758342013</v>
+        <v>39450107.951121844</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="30">
         <f t="shared" si="4"/>
         <v>22</v>
       </c>
       <c r="B28" s="29" t="s">
         <v>38</v>
       </c>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="23"/>
       <c r="H28" s="83"/>
       <c r="I28" s="60">
         <f>I27/(15*86400)</f>
-        <v>0</v>
+        <v>1.3502461930888785E-3</v>
       </c>
       <c r="J28" s="42">
         <f>J27/(15*86400)</f>
-        <v>0</v>
+        <v>1.3502461930888785E-3</v>
       </c>
       <c r="K28" s="60">
         <f t="shared" ref="K28:AF28" si="24">K27/(15*86400)</f>
-        <v>0</v>
+        <v>1.6878077413610981E-2</v>
       </c>
       <c r="L28" s="42">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>1.6878077413610981E-2</v>
       </c>
       <c r="M28" s="60">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>1.7553200510155419E-2</v>
       </c>
       <c r="N28" s="42">
         <f t="shared" si="24"/>
         <v>1.8059542832563748E-2</v>
       </c>
       <c r="O28" s="89">
         <f t="shared" si="24"/>
         <v>1.738441973601931E-2</v>
       </c>
       <c r="P28" s="42">
         <f t="shared" si="24"/>
         <v>1.738441973601931E-2</v>
       </c>
       <c r="Q28" s="60">
         <f t="shared" si="24"/>
         <v>3.7637622357959786</v>
       </c>
       <c r="R28" s="42">
         <f t="shared" si="24"/>
         <v>0.6060767811916683</v>
       </c>
       <c r="S28" s="60">
         <f t="shared" si="24"/>
-        <v>7.9299887022313049</v>
+        <v>7.9299873519851118</v>
       </c>
       <c r="T28" s="42">
         <f t="shared" si="24"/>
-        <v>0.10977524503997865</v>
+        <v>0.10977389479378558</v>
       </c>
       <c r="U28" s="60">
         <f t="shared" si="24"/>
         <v>4.9011789242556176</v>
       </c>
       <c r="V28" s="42">
         <f t="shared" si="24"/>
         <v>3.6279780300901838</v>
       </c>
       <c r="W28" s="60">
         <f t="shared" si="24"/>
         <v>4.7244275118170842</v>
       </c>
       <c r="X28" s="42">
         <f t="shared" si="24"/>
         <v>4.5266356333282962</v>
       </c>
       <c r="Y28" s="60">
         <f t="shared" si="24"/>
         <v>2.0985526332987347E-2</v>
       </c>
       <c r="Z28" s="42">
         <f t="shared" si="24"/>
         <v>2.0985526332987347E-2</v>
       </c>
       <c r="AA28" s="60">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>1.6878077413610981E-2</v>
       </c>
       <c r="AB28" s="42">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>1.6878077413610981E-2</v>
       </c>
       <c r="AC28" s="60">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>1.6878077413610981E-2</v>
       </c>
       <c r="AD28" s="42">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>1.6878077413610981E-2</v>
       </c>
       <c r="AE28" s="60">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>1.6878077413610981E-2</v>
       </c>
       <c r="AF28" s="42">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>1.6878077413610981E-2</v>
       </c>
       <c r="AG28" s="60"/>
       <c r="AH28" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="I17:M17"/>
     <mergeCell ref="N17:Z17"/>
     <mergeCell ref="AA17:AF17"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="31" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C112E36-BF97-4F2D-A687-A173FC4A7224}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH29"/>
   <sheetViews>
-    <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="N23" sqref="N23"/>
+    <sheetView topLeftCell="A4" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+      <selection activeCell="I11" sqref="I11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="10" width="14.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="13" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="17" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="19" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="32" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="13" style="2" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="21.140625" style="2" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="118" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B1" s="119"/>
       <c r="C1" s="119"/>
       <c r="D1" s="119"/>
       <c r="E1" s="119"/>
       <c r="F1" s="119"/>
       <c r="G1" s="119"/>
       <c r="H1" s="119"/>
       <c r="I1" s="119"/>
       <c r="J1" s="119"/>
       <c r="K1" s="119"/>
       <c r="L1" s="119"/>
       <c r="M1" s="119"/>
       <c r="N1" s="119"/>
       <c r="O1" s="119"/>
       <c r="P1" s="119"/>
       <c r="Q1" s="119"/>
       <c r="R1" s="119"/>
       <c r="S1" s="119"/>
       <c r="T1" s="119"/>
       <c r="U1" s="119"/>
       <c r="V1" s="119"/>
       <c r="W1" s="119"/>
       <c r="X1" s="119"/>
       <c r="Y1" s="119"/>
@@ -6750,82 +6766,82 @@
       </c>
       <c r="X16" s="69"/>
       <c r="Y16" s="68"/>
       <c r="Z16" s="69"/>
       <c r="AA16" s="48"/>
       <c r="AB16" s="49"/>
       <c r="AC16" s="48"/>
       <c r="AD16" s="49"/>
       <c r="AE16" s="48"/>
       <c r="AF16" s="49"/>
       <c r="AG16" s="57">
         <f>F16*H16</f>
         <v>360.48</v>
       </c>
       <c r="AH16" s="53">
         <f t="shared" si="6"/>
         <v>517114.56800000003</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
       <c r="I17" s="99" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J17" s="100"/>
       <c r="K17" s="100"/>
       <c r="L17" s="100"/>
       <c r="M17" s="101"/>
       <c r="N17" s="102" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O17" s="103"/>
       <c r="P17" s="103"/>
       <c r="Q17" s="103"/>
       <c r="R17" s="103"/>
       <c r="S17" s="103"/>
       <c r="T17" s="103"/>
       <c r="U17" s="103"/>
       <c r="V17" s="103"/>
       <c r="W17" s="103"/>
       <c r="X17" s="103"/>
       <c r="Y17" s="103"/>
       <c r="Z17" s="104"/>
       <c r="AA17" s="105" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AB17" s="106"/>
       <c r="AC17" s="106"/>
       <c r="AD17" s="106"/>
       <c r="AE17" s="106"/>
       <c r="AF17" s="107"/>
       <c r="AG17" s="62"/>
       <c r="AH17" s="63"/>
     </row>
     <row r="18" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="46" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="44"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
       <c r="F18" s="44"/>
       <c r="G18" s="45"/>
       <c r="H18" s="45"/>
       <c r="I18" s="55">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26+I27</f>
@@ -7463,51 +7479,51 @@
         <v>0.57145499999999994</v>
       </c>
       <c r="AE23" s="7">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AF23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AG23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AH23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
     </row>
     <row r="24" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="30">
         <f t="shared" si="4"/>
         <v>18</v>
       </c>
       <c r="B24" s="28" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C24" s="22"/>
       <c r="D24" s="22"/>
       <c r="E24" s="22"/>
       <c r="F24" s="22"/>
       <c r="G24" s="22"/>
       <c r="H24" s="22"/>
       <c r="I24" s="7">
         <v>751520</v>
       </c>
       <c r="J24" s="7">
         <v>751520</v>
       </c>
       <c r="K24" s="7">
         <v>27975</v>
       </c>
       <c r="L24" s="7">
         <v>27975</v>
       </c>
       <c r="M24" s="7">
         <v>27975</v>
       </c>
       <c r="N24" s="7">
         <v>27975</v>
       </c>
@@ -7544,143 +7560,143 @@
       <c r="Y24" s="7">
         <v>27975</v>
       </c>
       <c r="Z24" s="7">
         <v>27975</v>
       </c>
       <c r="AA24" s="7">
         <v>27975</v>
       </c>
       <c r="AB24" s="7">
         <v>27975</v>
       </c>
       <c r="AC24" s="7">
         <v>27975</v>
       </c>
       <c r="AD24" s="7">
         <v>27975</v>
       </c>
       <c r="AE24" s="7">
         <v>27975</v>
       </c>
       <c r="AF24" s="7">
         <v>27975</v>
       </c>
       <c r="AG24" s="110" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="AH24" s="111"/>
     </row>
     <row r="25" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="7"/>
       <c r="J25" s="8"/>
       <c r="K25" s="7"/>
       <c r="L25" s="8"/>
       <c r="M25" s="7"/>
       <c r="N25" s="8"/>
       <c r="O25" s="7"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="8"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
       <c r="U25" s="7"/>
       <c r="V25" s="8"/>
       <c r="W25" s="7"/>
       <c r="X25" s="8"/>
       <c r="Y25" s="7"/>
       <c r="Z25" s="8"/>
       <c r="AA25" s="7"/>
       <c r="AB25" s="8"/>
       <c r="AC25" s="7"/>
       <c r="AD25" s="8"/>
       <c r="AE25" s="7"/>
       <c r="AF25" s="8"/>
-      <c r="AG25" s="136"/>
+      <c r="AG25" s="112"/>
       <c r="AH25" s="113"/>
     </row>
     <row r="26" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="7"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="8"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="8"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="8"/>
       <c r="AG26" s="114"/>
       <c r="AH26" s="115"/>
     </row>
     <row r="27" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="7">
         <v>0</v>
       </c>
       <c r="J27" s="8">
         <v>0</v>
       </c>
       <c r="K27" s="7">
         <v>0</v>
       </c>
       <c r="L27" s="8">
         <v>0</v>
       </c>
       <c r="M27" s="7">
         <v>0</v>
       </c>
       <c r="N27" s="8">
         <v>0</v>
       </c>
@@ -7993,80 +8009,80 @@
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="30" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCA7FB77-BD70-4B32-B1EB-BB0F922E3528}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+      <selection activeCell="AG24" sqref="AG24:AH26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="10" width="15.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="13" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="19" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="32" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="12.85546875" style="2" customWidth="1"/>
     <col min="34" max="34" width="21.140625" style="2" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="118" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B1" s="119"/>
       <c r="C1" s="119"/>
       <c r="D1" s="119"/>
       <c r="E1" s="119"/>
       <c r="F1" s="119"/>
       <c r="G1" s="119"/>
       <c r="H1" s="119"/>
       <c r="I1" s="119"/>
       <c r="J1" s="119"/>
       <c r="K1" s="119"/>
       <c r="L1" s="119"/>
       <c r="M1" s="119"/>
       <c r="N1" s="119"/>
       <c r="O1" s="119"/>
       <c r="P1" s="119"/>
       <c r="Q1" s="119"/>
       <c r="R1" s="119"/>
       <c r="S1" s="119"/>
       <c r="T1" s="119"/>
       <c r="U1" s="119"/>
       <c r="V1" s="119"/>
       <c r="W1" s="119"/>
       <c r="X1" s="119"/>
       <c r="Y1" s="119"/>
@@ -9142,82 +9158,82 @@
       <c r="W16" s="71">
         <f>G16*15*86.4</f>
         <v>0</v>
       </c>
       <c r="X16" s="69"/>
       <c r="Y16" s="68"/>
       <c r="Z16" s="69"/>
       <c r="AA16" s="48"/>
       <c r="AB16" s="49"/>
       <c r="AC16" s="48"/>
       <c r="AD16" s="49"/>
       <c r="AE16" s="48"/>
       <c r="AF16" s="49"/>
       <c r="AG16" s="57">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="53">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30"/>
       <c r="B17" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
       <c r="I17" s="99" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J17" s="100"/>
       <c r="K17" s="100"/>
       <c r="L17" s="100"/>
       <c r="M17" s="101"/>
       <c r="N17" s="102" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O17" s="103"/>
       <c r="P17" s="103"/>
       <c r="Q17" s="103"/>
       <c r="R17" s="103"/>
       <c r="S17" s="103"/>
       <c r="T17" s="103"/>
       <c r="U17" s="103"/>
       <c r="V17" s="103"/>
       <c r="W17" s="103"/>
       <c r="X17" s="103"/>
       <c r="Y17" s="103"/>
       <c r="Z17" s="104"/>
       <c r="AA17" s="105" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AB17" s="106"/>
       <c r="AC17" s="106"/>
       <c r="AD17" s="106"/>
       <c r="AE17" s="106"/>
       <c r="AF17" s="107"/>
       <c r="AG17" s="62"/>
       <c r="AH17" s="63"/>
     </row>
     <row r="18" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f>A16+1</f>
         <v>11</v>
       </c>
       <c r="B18" s="46" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="44"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
       <c r="F18" s="44"/>
       <c r="G18" s="45"/>
       <c r="H18" s="45"/>
       <c r="I18" s="55">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
@@ -9852,51 +9868,51 @@
       </c>
       <c r="AD23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AE23" s="7">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AF23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AG23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AH23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
     </row>
     <row r="24" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="30"/>
       <c r="B24" s="28" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C24" s="22"/>
       <c r="D24" s="22"/>
       <c r="E24" s="22"/>
       <c r="F24" s="22"/>
       <c r="G24" s="22"/>
       <c r="H24" s="22"/>
       <c r="I24" s="7">
         <v>1107400</v>
       </c>
       <c r="J24" s="7">
         <v>1107400</v>
       </c>
       <c r="K24" s="7">
         <v>42500</v>
       </c>
       <c r="L24" s="7">
         <v>42500</v>
       </c>
       <c r="M24" s="7">
         <v>42500</v>
       </c>
       <c r="N24" s="7">
         <v>42500</v>
       </c>
@@ -9933,96 +9949,96 @@
       <c r="Y24" s="7">
         <v>42500</v>
       </c>
       <c r="Z24" s="7">
         <v>42500</v>
       </c>
       <c r="AA24" s="7">
         <v>42500</v>
       </c>
       <c r="AB24" s="7">
         <v>42500</v>
       </c>
       <c r="AC24" s="7">
         <v>42500</v>
       </c>
       <c r="AD24" s="7">
         <v>42500</v>
       </c>
       <c r="AE24" s="7">
         <v>42500</v>
       </c>
       <c r="AF24" s="7">
         <v>42500</v>
       </c>
       <c r="AG24" s="110" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="AH24" s="111"/>
     </row>
     <row r="25" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30"/>
       <c r="B25" s="28" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="7"/>
       <c r="J25" s="8"/>
       <c r="K25" s="7"/>
       <c r="L25" s="8"/>
       <c r="M25" s="7"/>
       <c r="N25" s="8"/>
       <c r="O25" s="7"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="8"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
       <c r="U25" s="7"/>
       <c r="V25" s="8"/>
       <c r="W25" s="7"/>
       <c r="X25" s="8"/>
       <c r="Y25" s="7"/>
       <c r="Z25" s="8"/>
       <c r="AA25" s="7"/>
       <c r="AB25" s="8"/>
       <c r="AC25" s="7"/>
       <c r="AD25" s="8"/>
       <c r="AE25" s="7"/>
       <c r="AF25" s="8"/>
-      <c r="AG25" s="136"/>
+      <c r="AG25" s="112"/>
       <c r="AH25" s="113"/>
     </row>
     <row r="26" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30"/>
       <c r="B26" s="28" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="7"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
@@ -10287,84 +10303,84 @@
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="AE4:AF4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="31" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E3FCF641-D690-4C1A-BCD4-847A43039ADD}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="AB26" sqref="AB26"/>
+      <selection activeCell="AG24" sqref="AG24:AH26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="11.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="2" customWidth="1"/>
     <col min="11" max="11" width="11.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="13.7109375" style="2" customWidth="1"/>
     <col min="13" max="13" width="15.5703125" style="1" customWidth="1"/>
     <col min="14" max="14" width="9.85546875" style="1" customWidth="1"/>
     <col min="15" max="15" width="7" style="1" customWidth="1"/>
     <col min="16" max="19" width="16" style="1" customWidth="1"/>
     <col min="20" max="20" width="14.140625" style="1" customWidth="1"/>
     <col min="21" max="21" width="17.42578125" style="1" customWidth="1"/>
     <col min="22" max="22" width="15.5703125" style="1" customWidth="1"/>
     <col min="23" max="24" width="17.28515625" style="1" customWidth="1"/>
     <col min="25" max="25" width="15.5703125" style="1" customWidth="1"/>
     <col min="26" max="26" width="17" style="1" customWidth="1"/>
     <col min="27" max="32" width="9.85546875" style="1" customWidth="1"/>
     <col min="33" max="33" width="12.85546875" style="2" customWidth="1"/>
     <col min="34" max="34" width="21.140625" style="2" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="118" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B1" s="119"/>
       <c r="C1" s="119"/>
       <c r="D1" s="119"/>
       <c r="E1" s="119"/>
       <c r="F1" s="119"/>
       <c r="G1" s="119"/>
       <c r="H1" s="119"/>
       <c r="I1" s="119"/>
       <c r="J1" s="119"/>
       <c r="K1" s="119"/>
       <c r="L1" s="119"/>
       <c r="M1" s="119"/>
       <c r="N1" s="119"/>
       <c r="O1" s="119"/>
       <c r="P1" s="119"/>
       <c r="Q1" s="119"/>
       <c r="R1" s="119"/>
       <c r="S1" s="119"/>
       <c r="T1" s="119"/>
       <c r="U1" s="119"/>
       <c r="V1" s="119"/>
       <c r="W1" s="119"/>
       <c r="X1" s="119"/>
       <c r="Y1" s="119"/>
@@ -11436,82 +11452,82 @@
       <c r="W16" s="71">
         <f>G16*15*86.4</f>
         <v>0</v>
       </c>
       <c r="X16" s="69"/>
       <c r="Y16" s="68"/>
       <c r="Z16" s="69"/>
       <c r="AA16" s="48"/>
       <c r="AB16" s="49"/>
       <c r="AC16" s="48"/>
       <c r="AD16" s="49"/>
       <c r="AE16" s="48"/>
       <c r="AF16" s="49"/>
       <c r="AG16" s="57">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="53">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30"/>
       <c r="B17" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
       <c r="I17" s="99" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J17" s="100"/>
       <c r="K17" s="100"/>
       <c r="L17" s="100"/>
       <c r="M17" s="101"/>
       <c r="N17" s="102" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O17" s="103"/>
       <c r="P17" s="103"/>
       <c r="Q17" s="103"/>
       <c r="R17" s="103"/>
       <c r="S17" s="103"/>
       <c r="T17" s="103"/>
       <c r="U17" s="103"/>
       <c r="V17" s="103"/>
       <c r="W17" s="103"/>
       <c r="X17" s="103"/>
       <c r="Y17" s="103"/>
       <c r="Z17" s="104"/>
       <c r="AA17" s="105" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AB17" s="106"/>
       <c r="AC17" s="106"/>
       <c r="AD17" s="106"/>
       <c r="AE17" s="106"/>
       <c r="AF17" s="107"/>
       <c r="AG17" s="62"/>
       <c r="AH17" s="63"/>
     </row>
     <row r="18" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f>A16+1</f>
         <v>11</v>
       </c>
       <c r="B18" s="46" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="44"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
       <c r="F18" s="44"/>
       <c r="G18" s="45"/>
       <c r="H18" s="45"/>
       <c r="I18" s="55">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16</f>
@@ -12146,129 +12162,129 @@
       </c>
       <c r="AD23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AE23" s="7">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AF23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AG23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AH23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
     </row>
     <row r="24" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="30"/>
       <c r="B24" s="28" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C24" s="22"/>
       <c r="D24" s="22"/>
       <c r="E24" s="22"/>
       <c r="F24" s="22"/>
       <c r="G24" s="22"/>
       <c r="H24" s="22"/>
       <c r="I24" s="7"/>
       <c r="J24" s="8"/>
       <c r="K24" s="7"/>
       <c r="L24" s="8"/>
       <c r="M24" s="7"/>
       <c r="N24" s="8"/>
       <c r="O24" s="7"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="8"/>
       <c r="S24" s="7"/>
       <c r="T24" s="8"/>
       <c r="U24" s="7"/>
       <c r="V24" s="8"/>
       <c r="W24" s="7"/>
       <c r="X24" s="8"/>
       <c r="Y24" s="7"/>
       <c r="Z24" s="8"/>
       <c r="AA24" s="7"/>
       <c r="AB24" s="8"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="8"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="74"/>
       <c r="AG24" s="110" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AH24" s="111"/>
     </row>
     <row r="25" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30"/>
       <c r="B25" s="28" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="7"/>
       <c r="J25" s="8"/>
       <c r="K25" s="7"/>
       <c r="L25" s="8"/>
       <c r="M25" s="7"/>
       <c r="N25" s="8"/>
       <c r="O25" s="7"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="8"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
       <c r="U25" s="7"/>
       <c r="V25" s="8"/>
       <c r="W25" s="7"/>
       <c r="X25" s="8"/>
       <c r="Y25" s="7"/>
       <c r="Z25" s="8"/>
       <c r="AA25" s="7"/>
       <c r="AB25" s="8"/>
       <c r="AC25" s="7"/>
       <c r="AD25" s="8"/>
       <c r="AE25" s="7"/>
       <c r="AF25" s="8"/>
-      <c r="AG25" s="136"/>
+      <c r="AG25" s="112"/>
       <c r="AH25" s="113"/>
     </row>
     <row r="26" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30"/>
       <c r="B26" s="28" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="7"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
@@ -12532,85 +12548,85 @@
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="AE4:AF4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="32" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19864B21-CB1B-4830-B54A-C1DB26E7BCCF}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH28"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+    <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+      <selection activeCell="AG24" sqref="AG24:AH26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="11.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="13.28515625" style="2" customWidth="1"/>
     <col min="11" max="11" width="12.85546875" style="2" customWidth="1"/>
     <col min="12" max="12" width="12.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="26" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="32" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="18.28515625" style="2" customWidth="1"/>
     <col min="34" max="34" width="18.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="118" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B1" s="119"/>
       <c r="C1" s="119"/>
       <c r="D1" s="119"/>
       <c r="E1" s="119"/>
       <c r="F1" s="119"/>
       <c r="G1" s="119"/>
       <c r="H1" s="119"/>
       <c r="I1" s="119"/>
       <c r="J1" s="119"/>
       <c r="K1" s="119"/>
       <c r="L1" s="119"/>
       <c r="M1" s="119"/>
       <c r="N1" s="119"/>
       <c r="O1" s="119"/>
       <c r="P1" s="119"/>
       <c r="Q1" s="119"/>
       <c r="R1" s="119"/>
       <c r="S1" s="119"/>
       <c r="T1" s="119"/>
       <c r="U1" s="119"/>
       <c r="V1" s="119"/>
       <c r="W1" s="119"/>
       <c r="X1" s="119"/>
       <c r="Y1" s="119"/>
@@ -13691,82 +13707,82 @@
       </c>
       <c r="X16" s="69"/>
       <c r="Y16" s="68"/>
       <c r="Z16" s="69"/>
       <c r="AA16" s="48"/>
       <c r="AB16" s="49"/>
       <c r="AC16" s="48"/>
       <c r="AD16" s="49"/>
       <c r="AE16" s="48"/>
       <c r="AF16" s="49"/>
       <c r="AG16" s="57">
         <f>F16*H16</f>
         <v>23.04</v>
       </c>
       <c r="AH16" s="53">
         <f t="shared" si="6"/>
         <v>33051.264000000003</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="75"/>
       <c r="I17" s="99" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J17" s="100"/>
       <c r="K17" s="100"/>
       <c r="L17" s="100"/>
       <c r="M17" s="101"/>
       <c r="N17" s="102" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O17" s="103"/>
       <c r="P17" s="103"/>
       <c r="Q17" s="103"/>
       <c r="R17" s="103"/>
       <c r="S17" s="103"/>
       <c r="T17" s="103"/>
       <c r="U17" s="103"/>
       <c r="V17" s="103"/>
       <c r="W17" s="103"/>
       <c r="X17" s="103"/>
       <c r="Y17" s="103"/>
       <c r="Z17" s="104"/>
       <c r="AA17" s="105" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AB17" s="106"/>
       <c r="AC17" s="106"/>
       <c r="AD17" s="106"/>
       <c r="AE17" s="106"/>
       <c r="AF17" s="107"/>
       <c r="AG17" s="62"/>
       <c r="AH17" s="63"/>
     </row>
     <row r="18" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="46" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="44"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
       <c r="F18" s="44"/>
       <c r="G18" s="45"/>
       <c r="H18" s="81"/>
       <c r="I18" s="55">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
@@ -14404,135 +14420,135 @@
         <v>0.57145499999999994</v>
       </c>
       <c r="AE23" s="7">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AF23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AG23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AH23" s="8">
         <f t="shared" si="19"/>
         <v>0.57145499999999994</v>
       </c>
     </row>
     <row r="24" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="30">
         <f t="shared" si="4"/>
         <v>18</v>
       </c>
       <c r="B24" s="28" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C24" s="22"/>
       <c r="D24" s="22"/>
       <c r="E24" s="22"/>
       <c r="F24" s="22"/>
       <c r="G24" s="22"/>
       <c r="H24" s="75"/>
       <c r="I24" s="7"/>
       <c r="J24" s="7"/>
       <c r="K24" s="7"/>
       <c r="L24" s="7"/>
       <c r="M24" s="75"/>
       <c r="N24" s="98"/>
       <c r="O24" s="98"/>
       <c r="P24" s="98"/>
       <c r="Q24" s="98"/>
       <c r="R24" s="98"/>
       <c r="S24" s="98"/>
       <c r="T24" s="98"/>
       <c r="U24" s="98"/>
       <c r="V24" s="98"/>
       <c r="W24" s="98"/>
       <c r="X24" s="98"/>
       <c r="Y24" s="98"/>
       <c r="Z24" s="98"/>
       <c r="AA24" s="87"/>
       <c r="AB24" s="7"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="7"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="7"/>
       <c r="AG24" s="110" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="AH24" s="111"/>
     </row>
     <row r="25" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="75"/>
       <c r="I25" s="91"/>
       <c r="J25" s="92"/>
       <c r="K25" s="91"/>
       <c r="L25" s="92"/>
       <c r="M25" s="97"/>
       <c r="N25" s="96"/>
       <c r="O25" s="96"/>
       <c r="P25" s="96"/>
       <c r="Q25" s="96"/>
       <c r="R25" s="96"/>
       <c r="S25" s="96"/>
       <c r="T25" s="96"/>
       <c r="U25" s="96"/>
       <c r="V25" s="96"/>
       <c r="W25" s="96"/>
       <c r="X25" s="96"/>
       <c r="Y25" s="96"/>
       <c r="Z25" s="96"/>
       <c r="AA25" s="77"/>
       <c r="AB25" s="76"/>
       <c r="AC25" s="76"/>
       <c r="AD25" s="76"/>
       <c r="AE25" s="76"/>
       <c r="AF25" s="76"/>
       <c r="AG25" s="112"/>
       <c r="AH25" s="113"/>
     </row>
     <row r="26" spans="1:34" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="75"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="87"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>