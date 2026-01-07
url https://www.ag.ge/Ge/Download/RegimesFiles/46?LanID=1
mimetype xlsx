--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24332"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{096F5EAF-5130-4967-9574-F4228A775945}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{58A628F3-EE42-4FA5-9EDB-798C17DD5811}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ჰესები Tv" sheetId="4" state="hidden" r:id="rId1"/>
     <sheet name="ჰესები Tv (28.10.2024)" sheetId="5" state="hidden" r:id="rId2"/>
     <sheet name="ჰესები " sheetId="6" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'ჰესები '!$A$5:$AT$30</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'ჰესები Tv (28.10.2024)'!$A$4:$AH$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'ჰესები '!$A$3:$AP$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'ჰესები Tv'!$A$2:$AD$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'ჰესები Tv (28.10.2024)'!$A$2:$AD$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
@@ -1028,51 +1028,51 @@
   <c r="AD23" i="4"/>
   <c r="AD9" i="4"/>
   <c r="AD11" i="4"/>
   <c r="AA28" i="4"/>
   <c r="AC28" i="4"/>
   <c r="K28" i="4"/>
   <c r="I28" i="4"/>
   <c r="Q28" i="4"/>
   <c r="O28" i="4"/>
   <c r="W28" i="4"/>
   <c r="Y28" i="4"/>
   <c r="G28" i="4"/>
   <c r="M28" i="4"/>
   <c r="U28" i="4"/>
   <c r="S28" i="4"/>
   <c r="N28" i="4"/>
   <c r="P28" i="4"/>
   <c r="R28" i="4"/>
   <c r="T28" i="4"/>
   <c r="V28" i="4"/>
   <c r="AD28" i="4" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="121">
   <si>
     <t>ზემო სამგორი</t>
   </si>
   <si>
     <t>ზემო მაგ.არხი</t>
   </si>
   <si>
     <t>ზედა არხი</t>
   </si>
   <si>
     <t>იმირასანის არხი</t>
   </si>
   <si>
     <t>კაზრეთის არხი</t>
   </si>
   <si>
     <t>მაშავერა</t>
   </si>
   <si>
     <t>წერეთლის არხი</t>
   </si>
   <si>
     <t>ხრამი-დებედა</t>
   </si>
   <si>
@@ -1358,50 +1358,83 @@
     <t>ლამი მისაქციელის მაგისტრალურ არხზე შეინიშნება ფილტრაციული კერები, რის გამოც მაგისტრალური არხის სრულად დატვირთვა ვერ ხდება</t>
   </si>
   <si>
     <t>ჰესების  რეჟიმები 2026  წელის 1 თებერვალი - 2027 წლის 31 იანვარი</t>
   </si>
   <si>
     <t xml:space="preserve"> მზადდება სატენდერო დოკუმენტაცია  გვირაბების რეაბილიტაციის მიზნით. </t>
   </si>
   <si>
     <t>აპრილის თვეში დაგეგმილია არხის საექსპლუატაციო  სამუშაოები. შესაბამისად, აღნიშნულ თვეში ჰესი ვერ იმუშავეს სრული დატვირთვით</t>
   </si>
   <si>
     <t>მარტის თვეში დაგეგმილია ზედა არხის საექპსლუატაციო სამუშაოები. შესაბამისად, აღნიშნულ თვეში ჰესი ვერ იმუშავეს სრული დატვირთვით</t>
   </si>
   <si>
     <t>მაგისტრალურ არხზე განსახორციელებელი სამუშაობის გამო ჰესი სრული დატვირთვით ვერ იმუშავებს მარტის თვეში/ ასევე,  არხში წყლის მიწოდება შეწყდება ჯანდარის წყალსაცავის შევსებისთანავე</t>
   </si>
   <si>
     <t>მარტის და აპრილის   გარკვეულ პერიოდში დაგეგმილია მაგისტრალური არხის წმენდის და დაზიანებული წყალგამშვები ფარების სარემონტო სამუშაოები. შესაბამისად, აღნიშნულ თვეებში ჰესი ვერ იმუშავებს სრული დატვირთვით</t>
   </si>
   <si>
     <t>მარტის და ოქტომბრის  გარკვეულ პერიოდში დაგეგმილია მაგისტრალური არხის წმენდის და დაზიანებული წყალგამშვები ფარების სარემონტო სამუშაოები. შესაბამისად, აღნიშნულ თვეებში ჰესი ვერ იმუშავებს სრული დატვირთვით</t>
   </si>
   <si>
     <t>თებერვლის  გარკვეულ პერიოდში დაგეგმილია მაგისტრალური არხის წმენდის და დაზიანებული წყალგამშვები ფარების სარემონტო სამუშაოები. შესაბამისად, აღნიშნულ თვეში ჰესი ვერ იმუშავებს სრული დატვირთვით</t>
+  </si>
+  <si>
+    <t>თბილისი</t>
+  </si>
+  <si>
+    <t>გურჯაანი-სიღნაღი-დედოფლისწარო</t>
+  </si>
+  <si>
+    <t>თელავი-ახმეტა</t>
+  </si>
+  <si>
+    <t>კასპი</t>
+  </si>
+  <si>
+    <t>ბოლნისი-დმანისი</t>
+  </si>
+  <si>
+    <t>მარნეული</t>
+  </si>
+  <si>
+    <t>ქარელი</t>
+  </si>
+  <si>
+    <t>მცხეთა-დუშეთი</t>
+  </si>
+  <si>
+    <t>გარდაბანი</t>
+  </si>
+  <si>
+    <t>იმერეთი</t>
+  </si>
+  <si>
+    <t>გორი</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
@@ -1561,51 +1594,51 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="94">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1841,50 +1874,56 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2206,158 +2245,158 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{565964FA-1E6B-4028-8AAE-3368BF782C98}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane xSplit="5" ySplit="3" topLeftCell="J4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="P5" sqref="P5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="39" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="39" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.140625" style="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="12" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="4.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="36.6640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="23.109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="33.88671875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="25.109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="12.109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="19.109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="12.109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="19.109375" style="7" customWidth="1"/>
+    <col min="10" max="10" width="12.109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="18.33203125" style="7" customWidth="1"/>
+    <col min="12" max="12" width="12.109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="22" style="7" customWidth="1"/>
-    <col min="14" max="14" width="12.140625" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="23" max="23" width="22.42578125" style="1" customWidth="1"/>
+    <col min="14" max="14" width="12.109375" style="1" customWidth="1"/>
+    <col min="15" max="15" width="21.6640625" style="1" customWidth="1"/>
+    <col min="16" max="16" width="12.109375" style="1" customWidth="1"/>
+    <col min="17" max="17" width="19.6640625" style="7" customWidth="1"/>
+    <col min="18" max="18" width="12.109375" style="1" customWidth="1"/>
+    <col min="19" max="19" width="22.33203125" style="1" customWidth="1"/>
+    <col min="20" max="20" width="12.109375" style="1" customWidth="1"/>
+    <col min="21" max="21" width="18.6640625" style="1" customWidth="1"/>
+    <col min="22" max="22" width="12.109375" style="1" customWidth="1"/>
+    <col min="23" max="23" width="22.44140625" style="1" customWidth="1"/>
     <col min="24" max="24" width="14" style="1" customWidth="1"/>
-    <col min="25" max="25" width="19.28515625" style="7" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="28" max="28" width="14.140625" style="1" customWidth="1"/>
+    <col min="25" max="25" width="19.33203125" style="7" customWidth="1"/>
+    <col min="26" max="26" width="14.109375" style="1" customWidth="1"/>
+    <col min="27" max="27" width="21.5546875" style="1" customWidth="1"/>
+    <col min="28" max="28" width="14.109375" style="1" customWidth="1"/>
     <col min="29" max="29" width="21" style="1" customWidth="1"/>
-    <col min="30" max="30" width="24.5703125" style="7" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="35" max="16384" width="9.140625" style="1"/>
+    <col min="30" max="30" width="24.5546875" style="7" customWidth="1"/>
+    <col min="31" max="31" width="13.88671875" style="1" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="11.6640625" style="1" customWidth="1"/>
+    <col min="33" max="33" width="9.109375" style="1"/>
+    <col min="34" max="34" width="13.109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="35" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:34" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B1" s="77"/>
       <c r="C1" s="77"/>
       <c r="D1" s="77"/>
       <c r="E1" s="77"/>
       <c r="F1" s="77"/>
       <c r="G1" s="77"/>
       <c r="H1" s="77"/>
       <c r="I1" s="77"/>
       <c r="J1" s="77"/>
       <c r="K1" s="77"/>
       <c r="L1" s="77"/>
       <c r="M1" s="77"/>
       <c r="N1" s="77"/>
       <c r="O1" s="77"/>
       <c r="P1" s="77"/>
       <c r="Q1" s="77"/>
       <c r="R1" s="77"/>
       <c r="S1" s="77"/>
       <c r="T1" s="77"/>
       <c r="U1" s="77"/>
       <c r="V1" s="77"/>
       <c r="W1" s="77"/>
       <c r="X1" s="77"/>
       <c r="Y1" s="77"/>
       <c r="Z1" s="77"/>
       <c r="AA1" s="77"/>
       <c r="AB1" s="77"/>
       <c r="AC1" s="77"/>
       <c r="AD1" s="77"/>
     </row>
-    <row r="2" spans="1:34" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:34" ht="39.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="82" t="s">
         <v>87</v>
       </c>
       <c r="B2" s="83"/>
       <c r="C2" s="83"/>
       <c r="D2" s="83"/>
       <c r="E2" s="83"/>
       <c r="F2" s="37"/>
       <c r="G2" s="37"/>
       <c r="H2" s="37"/>
       <c r="I2" s="37"/>
       <c r="J2" s="37"/>
       <c r="K2" s="37"/>
       <c r="L2" s="37"/>
       <c r="M2" s="37"/>
       <c r="N2" s="37"/>
       <c r="O2" s="37"/>
       <c r="P2" s="37"/>
       <c r="Q2" s="37"/>
       <c r="R2" s="37"/>
       <c r="S2" s="37"/>
       <c r="T2" s="37"/>
       <c r="U2" s="37"/>
       <c r="V2" s="37"/>
       <c r="W2" s="37"/>
       <c r="X2" s="37"/>
       <c r="Y2" s="37"/>
       <c r="Z2" s="37"/>
       <c r="AA2" s="37"/>
       <c r="AB2" s="37"/>
       <c r="AC2" s="37"/>
       <c r="AD2" s="8"/>
     </row>
-    <row r="3" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="84"/>
       <c r="B3" s="36" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="36" t="s">
         <v>83</v>
       </c>
       <c r="D3" s="34" t="s">
         <v>84</v>
       </c>
       <c r="E3" s="34" t="s">
         <v>85</v>
       </c>
       <c r="F3" s="81" t="s">
         <v>36</v>
       </c>
       <c r="G3" s="81"/>
       <c r="H3" s="81" t="s">
         <v>37</v>
       </c>
       <c r="I3" s="81"/>
       <c r="J3" s="81" t="s">
         <v>38</v>
       </c>
       <c r="K3" s="81"/>
@@ -2377,51 +2416,51 @@
         <v>42</v>
       </c>
       <c r="S3" s="81"/>
       <c r="T3" s="81" t="s">
         <v>43</v>
       </c>
       <c r="U3" s="81"/>
       <c r="V3" s="81" t="s">
         <v>44</v>
       </c>
       <c r="W3" s="81"/>
       <c r="X3" s="81" t="s">
         <v>48</v>
       </c>
       <c r="Y3" s="81"/>
       <c r="Z3" s="81" t="s">
         <v>45</v>
       </c>
       <c r="AA3" s="81"/>
       <c r="AB3" s="81" t="s">
         <v>46</v>
       </c>
       <c r="AC3" s="81"/>
       <c r="AD3" s="21"/>
     </row>
-    <row r="4" spans="1:34" ht="36" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:34" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A4" s="85"/>
       <c r="B4" s="33"/>
       <c r="C4" s="35"/>
       <c r="D4" s="35"/>
       <c r="E4" s="35"/>
       <c r="F4" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>88</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>47</v>
       </c>
       <c r="I4" s="38" t="s">
         <v>88</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>47</v>
       </c>
       <c r="K4" s="38" t="s">
         <v>88</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>47</v>
@@ -2459,51 +2498,51 @@
       <c r="W4" s="38" t="s">
         <v>88</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>47</v>
       </c>
       <c r="Y4" s="38" t="s">
         <v>88</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>47</v>
       </c>
       <c r="AA4" s="38" t="s">
         <v>88</v>
       </c>
       <c r="AB4" s="3" t="s">
         <v>47</v>
       </c>
       <c r="AC4" s="38" t="s">
         <v>88</v>
       </c>
       <c r="AD4" s="38" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="5" spans="1:34" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:34" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A5" s="9">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="10">
         <v>0</v>
       </c>
       <c r="G5" s="11">
         <f>F5*86400</f>
         <v>0</v>
       </c>
       <c r="H5" s="10">
         <v>0</v>
       </c>
@@ -2565,51 +2604,51 @@
       </c>
       <c r="Y5" s="11">
         <f>X5*86400</f>
         <v>0</v>
       </c>
       <c r="Z5" s="10">
         <v>7</v>
       </c>
       <c r="AA5" s="11">
         <f>Z5*86400*7</f>
         <v>4233600</v>
       </c>
       <c r="AB5" s="10">
         <v>7</v>
       </c>
       <c r="AC5" s="11">
         <f>AB5*86400*7</f>
         <v>4233600</v>
       </c>
       <c r="AD5" s="11">
         <f>G5+I5+K5+M5+O5+Q5+S5+U5+W5+Y5+AA5+AC5</f>
         <v>147139200</v>
       </c>
       <c r="AE5" s="22"/>
     </row>
-    <row r="6" spans="1:34" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:34" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A6" s="9">
         <v>2</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F6" s="10">
         <v>0</v>
       </c>
       <c r="G6" s="11">
         <f t="shared" ref="G6:G9" si="0">F6*86400</f>
         <v>0</v>
       </c>
       <c r="H6" s="10">
         <v>0</v>
       </c>
@@ -2670,51 +2709,51 @@
         <v>0</v>
       </c>
       <c r="Y6" s="11">
         <f t="shared" ref="Y6:Y9" si="7">X6*86400</f>
         <v>0</v>
       </c>
       <c r="Z6" s="10">
         <v>7</v>
       </c>
       <c r="AA6" s="11">
         <f t="shared" ref="AA6:AA9" si="8">Z6*86400*7</f>
         <v>4233600</v>
       </c>
       <c r="AB6" s="10">
         <v>7</v>
       </c>
       <c r="AC6" s="11">
         <f t="shared" ref="AC6:AC8" si="9">AB6*86400*7</f>
         <v>4233600</v>
       </c>
       <c r="AD6" s="11">
         <f t="shared" ref="AD6:AD27" si="10">G6+I6+K6+M6+O6+Q6+S6+U6+W6+Y6+AA6+AC6</f>
         <v>20563200</v>
       </c>
     </row>
-    <row r="7" spans="1:34" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:34" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A7" s="9">
         <v>3</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="10">
         <v>0</v>
       </c>
       <c r="G7" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H7" s="10">
         <v>0</v>
       </c>
@@ -2777,51 +2816,51 @@
       <c r="Y7" s="11">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="Z7" s="10">
         <v>7</v>
       </c>
       <c r="AA7" s="11">
         <f t="shared" si="8"/>
         <v>4233600</v>
       </c>
       <c r="AB7" s="10">
         <v>7</v>
       </c>
       <c r="AC7" s="11">
         <f t="shared" si="9"/>
         <v>4233600</v>
       </c>
       <c r="AD7" s="11">
         <f t="shared" si="10"/>
         <v>20563200</v>
       </c>
       <c r="AE7" s="17"/>
       <c r="AF7" s="17"/>
     </row>
-    <row r="8" spans="1:34" s="12" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:34" s="12" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A8" s="9">
         <v>4</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>55</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F8" s="10">
         <v>0</v>
       </c>
       <c r="G8" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H8" s="10">
         <v>0</v>
       </c>
@@ -2882,51 +2921,51 @@
         <v>0</v>
       </c>
       <c r="Y8" s="11">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="Z8" s="10">
         <v>7</v>
       </c>
       <c r="AA8" s="11">
         <f t="shared" si="8"/>
         <v>4233600</v>
       </c>
       <c r="AB8" s="10">
         <v>7</v>
       </c>
       <c r="AC8" s="11">
         <f t="shared" si="9"/>
         <v>4233600</v>
       </c>
       <c r="AD8" s="11">
         <f t="shared" si="10"/>
         <v>20563200</v>
       </c>
     </row>
-    <row r="9" spans="1:34" s="12" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:34" s="12" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A9" s="9">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F9" s="10">
         <v>0</v>
       </c>
       <c r="G9" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H9" s="10">
         <v>0</v>
       </c>
@@ -2987,51 +3026,51 @@
         <v>0</v>
       </c>
       <c r="Y9" s="11">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="Z9" s="10">
         <v>4</v>
       </c>
       <c r="AA9" s="11">
         <f t="shared" si="8"/>
         <v>2419200</v>
       </c>
       <c r="AB9" s="10">
         <v>4</v>
       </c>
       <c r="AC9" s="11">
         <f>AB9*86400*7</f>
         <v>2419200</v>
       </c>
       <c r="AD9" s="11">
         <f t="shared" si="10"/>
         <v>11750400</v>
       </c>
     </row>
-    <row r="10" spans="1:34" s="18" customFormat="1" ht="54" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:34" s="18" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A10" s="13">
         <v>6</v>
       </c>
       <c r="B10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C10" s="13" t="s">
         <v>52</v>
       </c>
       <c r="D10" s="13" t="s">
         <v>24</v>
       </c>
       <c r="E10" s="13" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="14">
         <v>10</v>
       </c>
       <c r="G10" s="15">
         <f t="shared" ref="G10:G15" si="13">F10*86400*31</f>
         <v>26784000</v>
       </c>
       <c r="H10" s="14">
         <v>10</v>
       </c>
@@ -3094,51 +3133,51 @@
       <c r="Y10" s="15">
         <f t="shared" ref="Y10:Y15" si="20">X10*86400*31</f>
         <v>18748800</v>
       </c>
       <c r="Z10" s="14">
         <v>9</v>
       </c>
       <c r="AA10" s="15">
         <f t="shared" ref="AA10:AA15" si="21">Z10*86400*30</f>
         <v>23328000</v>
       </c>
       <c r="AB10" s="14">
         <v>10</v>
       </c>
       <c r="AC10" s="11">
         <f t="shared" ref="AC10:AC15" si="22">AB10*86400*31</f>
         <v>26784000</v>
       </c>
       <c r="AD10" s="15">
         <f>G10+I10+K10+M10+O10+Q10+S10+U10+W10+Y10+AA10+AC10</f>
         <v>227664000</v>
       </c>
       <c r="AE10" s="23"/>
       <c r="AF10" s="19"/>
     </row>
-    <row r="11" spans="1:34" s="28" customFormat="1" ht="54" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:34" s="28" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A11" s="26">
         <v>7</v>
       </c>
       <c r="B11" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C11" s="26" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>24</v>
       </c>
       <c r="E11" s="26" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="24">
         <v>7.5</v>
       </c>
       <c r="G11" s="27">
         <f t="shared" si="13"/>
         <v>20088000</v>
       </c>
       <c r="H11" s="24">
         <v>7</v>
       </c>
@@ -3199,51 +3238,51 @@
         <v>6</v>
       </c>
       <c r="Y11" s="27">
         <f t="shared" si="20"/>
         <v>16070400</v>
       </c>
       <c r="Z11" s="24">
         <v>7</v>
       </c>
       <c r="AA11" s="27">
         <f t="shared" si="21"/>
         <v>18144000</v>
       </c>
       <c r="AB11" s="24">
         <v>7.5</v>
       </c>
       <c r="AC11" s="11">
         <f t="shared" si="22"/>
         <v>20088000</v>
       </c>
       <c r="AD11" s="27">
         <f t="shared" si="10"/>
         <v>126144000</v>
       </c>
     </row>
-    <row r="12" spans="1:34" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:34" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A12" s="9">
         <v>8</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="D12" s="13" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="13" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="14">
         <v>3.5</v>
       </c>
       <c r="G12" s="15">
         <f t="shared" si="13"/>
         <v>9374400</v>
       </c>
       <c r="H12" s="14">
         <v>4</v>
       </c>
@@ -3306,51 +3345,51 @@
       <c r="Y12" s="15">
         <f t="shared" si="20"/>
         <v>17409600</v>
       </c>
       <c r="Z12" s="14">
         <v>6.5</v>
       </c>
       <c r="AA12" s="15">
         <f t="shared" si="21"/>
         <v>16848000</v>
       </c>
       <c r="AB12" s="14">
         <v>5</v>
       </c>
       <c r="AC12" s="11">
         <f t="shared" si="22"/>
         <v>13392000</v>
       </c>
       <c r="AD12" s="15">
         <f t="shared" ref="AD12" si="23">G12+I12+K12+M12+O12+Q12+S12+U12+W12+Y12+AA12+AC12</f>
         <v>158932800</v>
       </c>
       <c r="AF12" s="17"/>
       <c r="AH12" s="17"/>
     </row>
-    <row r="13" spans="1:34" s="16" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:34" s="16" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A13" s="13">
         <v>9</v>
       </c>
       <c r="B13" s="13" t="s">
         <v>64</v>
       </c>
       <c r="C13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="13" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="13" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="14">
         <v>1.5</v>
       </c>
       <c r="G13" s="15">
         <f t="shared" si="13"/>
         <v>4017600</v>
       </c>
       <c r="H13" s="14">
         <v>1.5</v>
       </c>
@@ -3412,51 +3451,51 @@
       </c>
       <c r="Y13" s="15">
         <f t="shared" si="20"/>
         <v>8035200</v>
       </c>
       <c r="Z13" s="14">
         <v>3.5</v>
       </c>
       <c r="AA13" s="15">
         <f t="shared" si="21"/>
         <v>9072000</v>
       </c>
       <c r="AB13" s="14">
         <v>2</v>
       </c>
       <c r="AC13" s="11">
         <f t="shared" si="22"/>
         <v>5356800</v>
       </c>
       <c r="AD13" s="15">
         <f t="shared" ref="AD13" si="24">G13+I13+K13+M13+O13+Q13+S13+U13+W13+Y13+AA13+AC13</f>
         <v>70977600</v>
       </c>
       <c r="AF13" s="20"/>
     </row>
-    <row r="14" spans="1:34" s="12" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:34" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A14" s="9">
         <v>10</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F14" s="14">
         <v>0</v>
       </c>
       <c r="G14" s="15">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H14" s="14">
         <v>0</v>
       </c>
@@ -3519,51 +3558,51 @@
       <c r="Y14" s="15">
         <f t="shared" si="20"/>
         <v>2142720</v>
       </c>
       <c r="Z14" s="14">
         <v>0</v>
       </c>
       <c r="AA14" s="15">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AB14" s="14">
         <v>0</v>
       </c>
       <c r="AC14" s="11">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AD14" s="15">
         <f t="shared" ref="AD14" si="25">G14+I14+K14+M14+O14+Q14+S14+U14+W14+Y14+AA14+AC14</f>
         <v>6359040</v>
       </c>
       <c r="AE14" s="17"/>
       <c r="AF14" s="17"/>
     </row>
-    <row r="15" spans="1:34" s="12" customFormat="1" ht="54" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:34" s="12" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A15" s="9">
         <v>11</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F15" s="14">
         <v>0</v>
       </c>
       <c r="G15" s="15">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H15" s="14">
         <v>0.8</v>
       </c>
@@ -3625,51 +3664,51 @@
       </c>
       <c r="Y15" s="15">
         <f t="shared" si="20"/>
         <v>2142720</v>
       </c>
       <c r="Z15" s="14">
         <v>0.5</v>
       </c>
       <c r="AA15" s="15">
         <f t="shared" si="21"/>
         <v>1296000</v>
       </c>
       <c r="AB15" s="14">
         <v>0</v>
       </c>
       <c r="AC15" s="11">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AD15" s="15">
         <f t="shared" ref="AD15" si="26">G15+I15+K15+M15+O15+Q15+S15+U15+W15+Y15+AA15+AC15</f>
         <v>16986240</v>
       </c>
       <c r="AF15" s="17"/>
     </row>
-    <row r="16" spans="1:34" s="16" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:34" s="16" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A16" s="13">
         <v>12</v>
       </c>
       <c r="B16" s="13" t="s">
         <v>68</v>
       </c>
       <c r="C16" s="13" t="s">
         <v>69</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F16" s="14">
         <v>1.3</v>
       </c>
       <c r="G16" s="15">
         <f t="shared" ref="G16" si="27">F16*86400*31</f>
         <v>3481920</v>
       </c>
       <c r="H16" s="14">
         <v>1.3</v>
       </c>
@@ -3731,51 +3770,51 @@
       </c>
       <c r="Y16" s="15">
         <f>X16*86400*15</f>
         <v>1555200</v>
       </c>
       <c r="Z16" s="14">
         <v>1.2</v>
       </c>
       <c r="AA16" s="15">
         <f t="shared" ref="AA16:AA27" si="35">Z16*86400*30</f>
         <v>3110400</v>
       </c>
       <c r="AB16" s="14">
         <v>1.2</v>
       </c>
       <c r="AC16" s="11">
         <f t="shared" ref="AC16:AC27" si="36">AB16*86400*31</f>
         <v>3214080</v>
       </c>
       <c r="AD16" s="11">
         <f t="shared" si="10"/>
         <v>20234880</v>
       </c>
       <c r="AF16" s="17"/>
     </row>
-    <row r="17" spans="1:32" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:32" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A17" s="9">
         <v>13</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="14">
         <v>2</v>
       </c>
       <c r="G17" s="15">
         <f t="shared" ref="G17" si="37">F17*86400*31</f>
         <v>5356800</v>
       </c>
       <c r="H17" s="14">
         <v>1.9</v>
       </c>
@@ -3837,51 +3876,51 @@
       </c>
       <c r="Y17" s="15">
         <f>X17*86400*15</f>
         <v>2462400</v>
       </c>
       <c r="Z17" s="14">
         <v>1.9</v>
       </c>
       <c r="AA17" s="15">
         <f t="shared" si="35"/>
         <v>4924800</v>
       </c>
       <c r="AB17" s="14">
         <v>1.9</v>
       </c>
       <c r="AC17" s="11">
         <f t="shared" si="36"/>
         <v>5088960</v>
       </c>
       <c r="AD17" s="15">
         <f t="shared" si="10"/>
         <v>48617280</v>
       </c>
       <c r="AF17" s="17"/>
     </row>
-    <row r="18" spans="1:32" s="16" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:32" s="16" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A18" s="13">
         <v>14</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="13" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F18" s="14">
         <v>1.2</v>
       </c>
       <c r="G18" s="15">
         <f t="shared" ref="G18" si="39">F18*86400*31</f>
         <v>3214080</v>
       </c>
       <c r="H18" s="14">
         <v>1.2</v>
       </c>
@@ -3943,51 +3982,51 @@
       </c>
       <c r="Y18" s="15">
         <f>X18*86400*15</f>
         <v>2462400</v>
       </c>
       <c r="Z18" s="14">
         <v>1.9</v>
       </c>
       <c r="AA18" s="15">
         <f t="shared" si="35"/>
         <v>4924800</v>
       </c>
       <c r="AB18" s="14">
         <v>1.9</v>
       </c>
       <c r="AC18" s="11">
         <f t="shared" si="36"/>
         <v>5088960</v>
       </c>
       <c r="AD18" s="11">
         <f t="shared" si="10"/>
         <v>23777280</v>
       </c>
       <c r="AF18" s="20"/>
     </row>
-    <row r="19" spans="1:32" s="16" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:32" s="16" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A19" s="13">
         <v>15</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>73</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="13" t="s">
         <v>7</v>
       </c>
       <c r="E19" s="13" t="s">
         <v>31</v>
       </c>
       <c r="F19" s="14">
         <v>6</v>
       </c>
       <c r="G19" s="15">
         <f t="shared" ref="G19" si="40">F19*86400*31</f>
         <v>16070400</v>
       </c>
       <c r="H19" s="14">
         <v>6.5</v>
       </c>
@@ -4049,51 +4088,51 @@
       </c>
       <c r="Y19" s="15">
         <f t="shared" ref="Y19:Y27" si="41">X19*86400*31</f>
         <v>16070400</v>
       </c>
       <c r="Z19" s="14">
         <v>6.5</v>
       </c>
       <c r="AA19" s="15">
         <f t="shared" si="35"/>
         <v>16848000</v>
       </c>
       <c r="AB19" s="14">
         <v>6.8</v>
       </c>
       <c r="AC19" s="11">
         <f t="shared" si="36"/>
         <v>18213120</v>
       </c>
       <c r="AD19" s="11">
         <f t="shared" si="10"/>
         <v>187211520</v>
       </c>
       <c r="AF19" s="20"/>
     </row>
-    <row r="20" spans="1:32" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:32" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A20" s="9">
         <v>16</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>81</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>6</v>
       </c>
       <c r="F20" s="14">
         <v>2</v>
       </c>
       <c r="G20" s="15">
         <f t="shared" ref="G20" si="42">F20*86400*31</f>
         <v>5356800</v>
       </c>
       <c r="H20" s="14">
         <v>2</v>
       </c>
@@ -4155,51 +4194,51 @@
       </c>
       <c r="Y20" s="15">
         <f t="shared" si="41"/>
         <v>5356800</v>
       </c>
       <c r="Z20" s="14">
         <v>2</v>
       </c>
       <c r="AA20" s="15">
         <f t="shared" si="35"/>
         <v>5184000</v>
       </c>
       <c r="AB20" s="14">
         <v>2</v>
       </c>
       <c r="AC20" s="11">
         <f t="shared" si="36"/>
         <v>5356800</v>
       </c>
       <c r="AD20" s="11">
         <f t="shared" si="10"/>
         <v>63072000</v>
       </c>
       <c r="AF20" s="17"/>
     </row>
-    <row r="21" spans="1:32" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:32" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A21" s="9">
         <v>17</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F21" s="14">
         <v>6</v>
       </c>
       <c r="G21" s="15">
         <f t="shared" ref="G21" si="43">F21*86400*31</f>
         <v>16070400</v>
       </c>
       <c r="H21" s="14">
         <v>6</v>
       </c>
@@ -4261,51 +4300,51 @@
       </c>
       <c r="Y21" s="15">
         <f t="shared" si="41"/>
         <v>18213120</v>
       </c>
       <c r="Z21" s="14">
         <v>6.8</v>
       </c>
       <c r="AA21" s="15">
         <f t="shared" si="35"/>
         <v>17625600</v>
       </c>
       <c r="AB21" s="14">
         <v>6</v>
       </c>
       <c r="AC21" s="15">
         <f t="shared" si="36"/>
         <v>16070400</v>
       </c>
       <c r="AD21" s="11">
         <f t="shared" si="10"/>
         <v>154422720</v>
       </c>
       <c r="AF21" s="17"/>
     </row>
-    <row r="22" spans="1:32" s="12" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:32" s="12" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="4">
         <v>18</v>
       </c>
       <c r="B22" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F22" s="14">
         <v>0</v>
       </c>
       <c r="G22" s="15">
         <f t="shared" ref="G22:G27" si="44">F22*86400*31</f>
         <v>0</v>
       </c>
       <c r="H22" s="14">
         <v>2</v>
       </c>
@@ -4367,51 +4406,51 @@
       </c>
       <c r="Y22" s="15">
         <f t="shared" si="41"/>
         <v>5356800</v>
       </c>
       <c r="Z22" s="14">
         <v>2.2999999999999998</v>
       </c>
       <c r="AA22" s="15">
         <f t="shared" si="35"/>
         <v>5961599.9999999991</v>
       </c>
       <c r="AB22" s="14">
         <v>1</v>
       </c>
       <c r="AC22" s="15">
         <f t="shared" si="36"/>
         <v>2678400</v>
       </c>
       <c r="AD22" s="11">
         <f t="shared" si="10"/>
         <v>60134400</v>
       </c>
       <c r="AF22" s="17"/>
     </row>
-    <row r="23" spans="1:32" ht="18" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:32" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A23" s="2">
         <v>19</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="14">
         <v>0</v>
       </c>
       <c r="G23" s="15">
         <f t="shared" si="44"/>
         <v>0</v>
       </c>
       <c r="H23" s="14">
         <v>0</v>
       </c>
@@ -4473,51 +4512,51 @@
       </c>
       <c r="Y23" s="15">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="Z23" s="14">
         <v>0</v>
       </c>
       <c r="AA23" s="15">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AB23" s="14">
         <v>0</v>
       </c>
       <c r="AC23" s="15">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
       <c r="AD23" s="11">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="AF23" s="17"/>
     </row>
-    <row r="24" spans="1:32" s="12" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:32" s="12" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A24" s="9">
         <v>20</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>12</v>
       </c>
       <c r="F24" s="14">
         <v>0</v>
       </c>
       <c r="G24" s="15">
         <f t="shared" si="44"/>
         <v>0</v>
       </c>
       <c r="H24" s="14">
         <v>0</v>
       </c>
@@ -4579,51 +4618,51 @@
       </c>
       <c r="Y24" s="15">
         <f t="shared" si="41"/>
         <v>6696000</v>
       </c>
       <c r="Z24" s="14">
         <v>3.5</v>
       </c>
       <c r="AA24" s="15">
         <f t="shared" si="35"/>
         <v>9072000</v>
       </c>
       <c r="AB24" s="14">
         <v>3.5</v>
       </c>
       <c r="AC24" s="15">
         <f t="shared" si="36"/>
         <v>9374400</v>
       </c>
       <c r="AD24" s="11">
         <f t="shared" si="10"/>
         <v>84879360</v>
       </c>
       <c r="AF24" s="17"/>
     </row>
-    <row r="25" spans="1:32" s="31" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:32" s="31" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A25" s="29">
         <v>21</v>
       </c>
       <c r="B25" s="29" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="29" t="s">
         <v>33</v>
       </c>
       <c r="D25" s="29" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="29" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="24">
         <v>0</v>
       </c>
       <c r="G25" s="27">
         <f t="shared" si="44"/>
         <v>0</v>
       </c>
       <c r="H25" s="24">
         <v>0</v>
       </c>
@@ -4685,51 +4724,51 @@
       </c>
       <c r="Y25" s="27">
         <f t="shared" si="41"/>
         <v>2410560</v>
       </c>
       <c r="Z25" s="24">
         <v>1</v>
       </c>
       <c r="AA25" s="27">
         <f t="shared" si="35"/>
         <v>2592000</v>
       </c>
       <c r="AB25" s="24">
         <v>0.9</v>
       </c>
       <c r="AC25" s="27">
         <f t="shared" si="36"/>
         <v>2410560</v>
       </c>
       <c r="AD25" s="30">
         <f t="shared" si="10"/>
         <v>19768320</v>
       </c>
       <c r="AF25" s="32"/>
     </row>
-    <row r="26" spans="1:32" ht="18" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:32" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A26" s="2">
         <v>22</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F26" s="14">
         <v>1.8</v>
       </c>
       <c r="G26" s="15">
         <f t="shared" si="44"/>
         <v>4821120</v>
       </c>
       <c r="H26" s="14">
         <v>1.8</v>
       </c>
@@ -4791,51 +4830,51 @@
       </c>
       <c r="Y26" s="15">
         <f t="shared" si="41"/>
         <v>5356800</v>
       </c>
       <c r="Z26" s="14">
         <v>2</v>
       </c>
       <c r="AA26" s="15">
         <f t="shared" si="35"/>
         <v>5184000</v>
       </c>
       <c r="AB26" s="14">
         <v>2</v>
       </c>
       <c r="AC26" s="15">
         <f t="shared" si="36"/>
         <v>5356800</v>
       </c>
       <c r="AD26" s="11">
         <f t="shared" si="10"/>
         <v>61516800</v>
       </c>
       <c r="AF26" s="17"/>
     </row>
-    <row r="27" spans="1:32" ht="36" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:32" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A27" s="2">
         <v>23</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F27" s="14">
         <v>2.2000000000000002</v>
       </c>
       <c r="G27" s="15">
         <f t="shared" si="44"/>
         <v>5892480.0000000009</v>
       </c>
       <c r="H27" s="14">
         <v>2.2000000000000002</v>
       </c>
@@ -4897,51 +4936,51 @@
       </c>
       <c r="Y27" s="15">
         <f t="shared" si="41"/>
         <v>5356800</v>
       </c>
       <c r="Z27" s="14">
         <v>2</v>
       </c>
       <c r="AA27" s="15">
         <f t="shared" si="35"/>
         <v>5184000</v>
       </c>
       <c r="AB27" s="14">
         <v>2</v>
       </c>
       <c r="AC27" s="15">
         <f t="shared" si="36"/>
         <v>5356800</v>
       </c>
       <c r="AD27" s="11">
         <f t="shared" si="10"/>
         <v>65681280</v>
       </c>
       <c r="AF27" s="17"/>
     </row>
-    <row r="28" spans="1:32" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:32" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
       <c r="B28" s="25"/>
       <c r="C28" s="78" t="s">
         <v>35</v>
       </c>
       <c r="D28" s="79"/>
       <c r="E28" s="80"/>
       <c r="F28" s="5">
         <f>SUM(F5:F27)</f>
         <v>45</v>
       </c>
       <c r="G28" s="6">
         <f>SUM(G5:G27)</f>
         <v>120528000</v>
       </c>
       <c r="H28" s="5">
         <f t="shared" ref="H28:M28" si="45">SUM(H5:H27)</f>
         <v>48.2</v>
       </c>
       <c r="I28" s="6">
         <f t="shared" si="45"/>
         <v>95264640</v>
       </c>
       <c r="J28" s="5">
         <f t="shared" si="45"/>
@@ -5041,158 +5080,158 @@
     <mergeCell ref="Z3:AA3"/>
     <mergeCell ref="AB3:AC3"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="N3:O3"/>
     <mergeCell ref="P3:Q3"/>
     <mergeCell ref="R3:S3"/>
     <mergeCell ref="T3:U3"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="20" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A0D78BE-961D-44B8-A31B-C1FB90F54994}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane xSplit="5" ySplit="3" topLeftCell="F4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="H11" sqref="H11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="39" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="39" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.140625" style="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="12" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="4.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="36.6640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="23.109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="33.88671875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="25.109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="12.109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="19.109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="12.109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="19.109375" style="7" customWidth="1"/>
+    <col min="10" max="10" width="12.109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="23.6640625" style="7" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="22" style="7" customWidth="1"/>
-    <col min="14" max="14" width="12.140625" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="23" max="23" width="22.42578125" style="1" customWidth="1"/>
+    <col min="14" max="14" width="12.109375" style="1" customWidth="1"/>
+    <col min="15" max="15" width="21.6640625" style="1" customWidth="1"/>
+    <col min="16" max="16" width="12.109375" style="1" customWidth="1"/>
+    <col min="17" max="17" width="19.6640625" style="7" customWidth="1"/>
+    <col min="18" max="18" width="12.109375" style="1" customWidth="1"/>
+    <col min="19" max="19" width="22.33203125" style="1" customWidth="1"/>
+    <col min="20" max="20" width="12.109375" style="1" customWidth="1"/>
+    <col min="21" max="21" width="18.6640625" style="1" customWidth="1"/>
+    <col min="22" max="22" width="12.109375" style="1" customWidth="1"/>
+    <col min="23" max="23" width="22.44140625" style="1" customWidth="1"/>
     <col min="24" max="24" width="14" style="1" customWidth="1"/>
-    <col min="25" max="25" width="19.28515625" style="7" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="28" max="28" width="14.140625" style="1" customWidth="1"/>
+    <col min="25" max="25" width="19.33203125" style="7" customWidth="1"/>
+    <col min="26" max="26" width="14.109375" style="1" customWidth="1"/>
+    <col min="27" max="27" width="21.5546875" style="1" customWidth="1"/>
+    <col min="28" max="28" width="14.109375" style="1" customWidth="1"/>
     <col min="29" max="29" width="21" style="1" customWidth="1"/>
-    <col min="30" max="30" width="24.5703125" style="7" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="35" max="16384" width="9.140625" style="1"/>
+    <col min="30" max="30" width="24.5546875" style="7" customWidth="1"/>
+    <col min="31" max="31" width="13.88671875" style="1" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="11.6640625" style="1" customWidth="1"/>
+    <col min="33" max="33" width="9.109375" style="1"/>
+    <col min="34" max="34" width="13.109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="35" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:34" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B1" s="77"/>
       <c r="C1" s="77"/>
       <c r="D1" s="77"/>
       <c r="E1" s="77"/>
       <c r="F1" s="77"/>
       <c r="G1" s="77"/>
       <c r="H1" s="77"/>
       <c r="I1" s="77"/>
       <c r="J1" s="77"/>
       <c r="K1" s="77"/>
       <c r="L1" s="77"/>
       <c r="M1" s="77"/>
       <c r="N1" s="77"/>
       <c r="O1" s="77"/>
       <c r="P1" s="77"/>
       <c r="Q1" s="77"/>
       <c r="R1" s="77"/>
       <c r="S1" s="77"/>
       <c r="T1" s="77"/>
       <c r="U1" s="77"/>
       <c r="V1" s="77"/>
       <c r="W1" s="77"/>
       <c r="X1" s="77"/>
       <c r="Y1" s="77"/>
       <c r="Z1" s="77"/>
       <c r="AA1" s="77"/>
       <c r="AB1" s="77"/>
       <c r="AC1" s="77"/>
       <c r="AD1" s="77"/>
     </row>
-    <row r="2" spans="1:34" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:34" ht="39.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="82" t="s">
         <v>87</v>
       </c>
       <c r="B2" s="83"/>
       <c r="C2" s="83"/>
       <c r="D2" s="83"/>
       <c r="E2" s="83"/>
       <c r="F2" s="37"/>
       <c r="G2" s="37"/>
       <c r="H2" s="37"/>
       <c r="I2" s="37"/>
       <c r="J2" s="37"/>
       <c r="K2" s="37"/>
       <c r="L2" s="37"/>
       <c r="M2" s="37"/>
       <c r="N2" s="37"/>
       <c r="O2" s="37"/>
       <c r="P2" s="37"/>
       <c r="Q2" s="37"/>
       <c r="R2" s="37"/>
       <c r="S2" s="37"/>
       <c r="T2" s="37"/>
       <c r="U2" s="37"/>
       <c r="V2" s="37"/>
       <c r="W2" s="37"/>
       <c r="X2" s="37"/>
       <c r="Y2" s="37"/>
       <c r="Z2" s="37"/>
       <c r="AA2" s="37"/>
       <c r="AB2" s="37"/>
       <c r="AC2" s="37"/>
       <c r="AD2" s="8"/>
     </row>
-    <row r="3" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="84"/>
       <c r="B3" s="36" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="36" t="s">
         <v>83</v>
       </c>
       <c r="D3" s="34" t="s">
         <v>84</v>
       </c>
       <c r="E3" s="34" t="s">
         <v>85</v>
       </c>
       <c r="F3" s="81" t="s">
         <v>36</v>
       </c>
       <c r="G3" s="81"/>
       <c r="H3" s="81" t="s">
         <v>37</v>
       </c>
       <c r="I3" s="81"/>
       <c r="J3" s="81" t="s">
         <v>38</v>
       </c>
       <c r="K3" s="81"/>
@@ -5212,51 +5251,51 @@
         <v>42</v>
       </c>
       <c r="S3" s="81"/>
       <c r="T3" s="81" t="s">
         <v>43</v>
       </c>
       <c r="U3" s="81"/>
       <c r="V3" s="81" t="s">
         <v>44</v>
       </c>
       <c r="W3" s="81"/>
       <c r="X3" s="81" t="s">
         <v>48</v>
       </c>
       <c r="Y3" s="81"/>
       <c r="Z3" s="81" t="s">
         <v>45</v>
       </c>
       <c r="AA3" s="81"/>
       <c r="AB3" s="81" t="s">
         <v>46</v>
       </c>
       <c r="AC3" s="81"/>
       <c r="AD3" s="21"/>
     </row>
-    <row r="4" spans="1:34" ht="36" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:34" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A4" s="85"/>
       <c r="B4" s="33"/>
       <c r="C4" s="35"/>
       <c r="D4" s="35"/>
       <c r="E4" s="35"/>
       <c r="F4" s="39" t="s">
         <v>47</v>
       </c>
       <c r="G4" s="39" t="s">
         <v>88</v>
       </c>
       <c r="H4" s="39" t="s">
         <v>47</v>
       </c>
       <c r="I4" s="39" t="s">
         <v>88</v>
       </c>
       <c r="J4" s="39" t="s">
         <v>47</v>
       </c>
       <c r="K4" s="39" t="s">
         <v>88</v>
       </c>
       <c r="L4" s="39" t="s">
         <v>47</v>
@@ -5294,51 +5333,51 @@
       <c r="W4" s="39" t="s">
         <v>88</v>
       </c>
       <c r="X4" s="39" t="s">
         <v>47</v>
       </c>
       <c r="Y4" s="39" t="s">
         <v>88</v>
       </c>
       <c r="Z4" s="39" t="s">
         <v>47</v>
       </c>
       <c r="AA4" s="39" t="s">
         <v>88</v>
       </c>
       <c r="AB4" s="39" t="s">
         <v>47</v>
       </c>
       <c r="AC4" s="39" t="s">
         <v>88</v>
       </c>
       <c r="AD4" s="39" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="5" spans="1:34" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:34" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A5" s="9">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="10">
         <v>0</v>
       </c>
       <c r="G5" s="11">
         <f>F5*86400</f>
         <v>0</v>
       </c>
       <c r="H5" s="10">
         <v>0</v>
       </c>
@@ -5400,51 +5439,51 @@
       </c>
       <c r="Y5" s="11">
         <f>X5*86400*15</f>
         <v>12960000</v>
       </c>
       <c r="Z5" s="41">
         <v>10</v>
       </c>
       <c r="AA5" s="11">
         <f>Z5*86400*15</f>
         <v>12960000</v>
       </c>
       <c r="AB5" s="10">
         <v>0</v>
       </c>
       <c r="AC5" s="11">
         <f>AB5*86400*7</f>
         <v>0</v>
       </c>
       <c r="AD5" s="11">
         <f>G5+I5+K5+M5+O5+Q5+S5+U5+W5+Y5+AA5+AC5</f>
         <v>202089600</v>
       </c>
       <c r="AE5" s="22"/>
     </row>
-    <row r="6" spans="1:34" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:34" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A6" s="9">
         <v>2</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F6" s="10">
         <v>0</v>
       </c>
       <c r="G6" s="11">
         <f t="shared" ref="G6:G9" si="0">F6*86400</f>
         <v>0</v>
       </c>
       <c r="H6" s="10">
         <v>0</v>
       </c>
@@ -5505,51 +5544,51 @@
         <v>8</v>
       </c>
       <c r="Y6" s="11">
         <f>X6*86400*15</f>
         <v>10368000</v>
       </c>
       <c r="Z6" s="41">
         <v>8</v>
       </c>
       <c r="AA6" s="11">
         <f>Z6*86400*15</f>
         <v>10368000</v>
       </c>
       <c r="AB6" s="41">
         <v>0</v>
       </c>
       <c r="AC6" s="11">
         <f t="shared" ref="AC6:AC8" si="7">AB6*86400*7</f>
         <v>0</v>
       </c>
       <c r="AD6" s="11">
         <f t="shared" ref="AD6:AD27" si="8">G6+I6+K6+M6+O6+Q6+S6+U6+W6+Y6+AA6+AC6</f>
         <v>20736000</v>
       </c>
     </row>
-    <row r="7" spans="1:34" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:34" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A7" s="9">
         <v>3</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="10">
         <v>0</v>
       </c>
       <c r="G7" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H7" s="10">
         <v>0</v>
       </c>
@@ -5612,51 +5651,51 @@
       <c r="Y7" s="11">
         <f>X7*86400*15</f>
         <v>10368000</v>
       </c>
       <c r="Z7" s="41">
         <v>8</v>
       </c>
       <c r="AA7" s="11">
         <f>Z7*86400*15</f>
         <v>10368000</v>
       </c>
       <c r="AB7" s="41">
         <v>0</v>
       </c>
       <c r="AC7" s="11">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AD7" s="11">
         <f t="shared" si="8"/>
         <v>20736000</v>
       </c>
       <c r="AE7" s="17"/>
       <c r="AF7" s="17"/>
     </row>
-    <row r="8" spans="1:34" s="12" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:34" s="12" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A8" s="9">
         <v>4</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>55</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F8" s="10">
         <v>0</v>
       </c>
       <c r="G8" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H8" s="10">
         <v>0</v>
       </c>
@@ -5717,51 +5756,51 @@
         <v>7</v>
       </c>
       <c r="Y8" s="11">
         <f>X8*86400*15</f>
         <v>9072000</v>
       </c>
       <c r="Z8" s="41">
         <v>7</v>
       </c>
       <c r="AA8" s="11">
         <f>Z8*86400*15</f>
         <v>9072000</v>
       </c>
       <c r="AB8" s="41">
         <v>0</v>
       </c>
       <c r="AC8" s="11">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AD8" s="11">
         <f t="shared" si="8"/>
         <v>18144000</v>
       </c>
     </row>
-    <row r="9" spans="1:34" s="12" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:34" s="12" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A9" s="9">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F9" s="10">
         <v>0</v>
       </c>
       <c r="G9" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H9" s="10">
         <v>0</v>
       </c>
@@ -5822,51 +5861,51 @@
         <v>4</v>
       </c>
       <c r="Y9" s="11">
         <f>X9*86400*15</f>
         <v>5184000</v>
       </c>
       <c r="Z9" s="41">
         <v>4</v>
       </c>
       <c r="AA9" s="11">
         <f>Z9*86400*15</f>
         <v>5184000</v>
       </c>
       <c r="AB9" s="41">
         <v>0</v>
       </c>
       <c r="AC9" s="11">
         <f>AB9*86400*7</f>
         <v>0</v>
       </c>
       <c r="AD9" s="11">
         <f t="shared" si="8"/>
         <v>10368000</v>
       </c>
     </row>
-    <row r="10" spans="1:34" s="18" customFormat="1" ht="54" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:34" s="18" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A10" s="13">
         <v>6</v>
       </c>
       <c r="B10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C10" s="13" t="s">
         <v>52</v>
       </c>
       <c r="D10" s="13" t="s">
         <v>24</v>
       </c>
       <c r="E10" s="13" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="14">
         <v>10</v>
       </c>
       <c r="G10" s="15">
         <f t="shared" ref="G10:G27" si="11">F10*86400*31</f>
         <v>26784000</v>
       </c>
       <c r="H10" s="14">
         <v>10</v>
       </c>
@@ -5929,51 +5968,51 @@
       <c r="Y10" s="15">
         <f t="shared" ref="Y10:Y15" si="17">X10*86400*31</f>
         <v>18748800</v>
       </c>
       <c r="Z10" s="14">
         <v>9</v>
       </c>
       <c r="AA10" s="15">
         <f t="shared" ref="AA10:AA27" si="18">Z10*86400*30</f>
         <v>23328000</v>
       </c>
       <c r="AB10" s="14">
         <v>10</v>
       </c>
       <c r="AC10" s="11">
         <f t="shared" ref="AC10:AC27" si="19">AB10*86400*31</f>
         <v>26784000</v>
       </c>
       <c r="AD10" s="15">
         <f>G10+I10+K10+M10+O10+Q10+S10+U10+W10+Y10+AA10+AC10</f>
         <v>233020800</v>
       </c>
       <c r="AE10" s="23"/>
       <c r="AF10" s="19"/>
     </row>
-    <row r="11" spans="1:34" s="28" customFormat="1" ht="54" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:34" s="28" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A11" s="26">
         <v>7</v>
       </c>
       <c r="B11" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C11" s="13" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>24</v>
       </c>
       <c r="E11" s="26" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="24">
         <v>7.5</v>
       </c>
       <c r="G11" s="27">
         <f t="shared" si="11"/>
         <v>20088000</v>
       </c>
       <c r="H11" s="24">
         <v>7</v>
       </c>
@@ -6034,51 +6073,51 @@
         <v>6</v>
       </c>
       <c r="Y11" s="27">
         <f t="shared" si="17"/>
         <v>16070400</v>
       </c>
       <c r="Z11" s="24">
         <v>7</v>
       </c>
       <c r="AA11" s="27">
         <f t="shared" si="18"/>
         <v>18144000</v>
       </c>
       <c r="AB11" s="24">
         <v>7.5</v>
       </c>
       <c r="AC11" s="11">
         <f t="shared" si="19"/>
         <v>20088000</v>
       </c>
       <c r="AD11" s="27">
         <f t="shared" si="8"/>
         <v>133401600</v>
       </c>
     </row>
-    <row r="12" spans="1:34" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:34" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A12" s="9">
         <v>8</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="D12" s="13" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="13" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="43">
         <v>4</v>
       </c>
       <c r="G12" s="15">
         <f t="shared" si="11"/>
         <v>10713600</v>
       </c>
       <c r="H12" s="43">
         <v>5.5</v>
       </c>
@@ -6141,51 +6180,51 @@
       <c r="Y12" s="15">
         <f t="shared" si="17"/>
         <v>17409600</v>
       </c>
       <c r="Z12" s="14">
         <v>6.5</v>
       </c>
       <c r="AA12" s="15">
         <f t="shared" si="18"/>
         <v>16848000</v>
       </c>
       <c r="AB12" s="14">
         <v>5</v>
       </c>
       <c r="AC12" s="11">
         <f t="shared" si="19"/>
         <v>13392000</v>
       </c>
       <c r="AD12" s="15">
         <f t="shared" si="8"/>
         <v>179625600</v>
       </c>
       <c r="AF12" s="17"/>
       <c r="AH12" s="17"/>
     </row>
-    <row r="13" spans="1:34" s="16" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:34" s="16" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A13" s="13">
         <v>9</v>
       </c>
       <c r="B13" s="13" t="s">
         <v>64</v>
       </c>
       <c r="C13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="13" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="13" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="14">
         <v>1.5</v>
       </c>
       <c r="G13" s="15">
         <f t="shared" si="11"/>
         <v>4017600</v>
       </c>
       <c r="H13" s="14">
         <v>1.5</v>
       </c>
@@ -6247,51 +6286,51 @@
       </c>
       <c r="Y13" s="15">
         <f t="shared" si="17"/>
         <v>8035200</v>
       </c>
       <c r="Z13" s="14">
         <v>3.5</v>
       </c>
       <c r="AA13" s="15">
         <f t="shared" si="18"/>
         <v>9072000</v>
       </c>
       <c r="AB13" s="14">
         <v>2</v>
       </c>
       <c r="AC13" s="11">
         <f t="shared" si="19"/>
         <v>5356800</v>
       </c>
       <c r="AD13" s="15">
         <f t="shared" si="8"/>
         <v>76161600</v>
       </c>
       <c r="AF13" s="20"/>
     </row>
-    <row r="14" spans="1:34" s="12" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:34" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A14" s="9">
         <v>10</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F14" s="43">
         <v>0.4</v>
       </c>
       <c r="G14" s="15">
         <f t="shared" si="11"/>
         <v>1071360</v>
       </c>
       <c r="H14" s="43">
         <v>0.4</v>
       </c>
@@ -6354,51 +6393,51 @@
       <c r="Y14" s="15">
         <f t="shared" si="17"/>
         <v>1071360</v>
       </c>
       <c r="Z14" s="14">
         <v>0</v>
       </c>
       <c r="AA14" s="15">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AB14" s="14">
         <v>0</v>
       </c>
       <c r="AC14" s="11">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="AD14" s="15">
         <f t="shared" si="8"/>
         <v>7119360</v>
       </c>
       <c r="AE14" s="17"/>
       <c r="AF14" s="17"/>
     </row>
-    <row r="15" spans="1:34" s="12" customFormat="1" ht="54" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:34" s="12" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A15" s="9">
         <v>11</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F15" s="43">
         <v>0.6</v>
       </c>
       <c r="G15" s="15">
         <f t="shared" si="11"/>
         <v>1607040</v>
       </c>
       <c r="H15" s="43">
         <v>0.7</v>
       </c>
@@ -6460,51 +6499,51 @@
       </c>
       <c r="Y15" s="15">
         <f t="shared" si="17"/>
         <v>1339200</v>
       </c>
       <c r="Z15" s="14">
         <v>0</v>
       </c>
       <c r="AA15" s="15">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AB15" s="14">
         <v>0</v>
       </c>
       <c r="AC15" s="11">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="AD15" s="15">
         <f t="shared" si="8"/>
         <v>11007360</v>
       </c>
       <c r="AF15" s="17"/>
     </row>
-    <row r="16" spans="1:34" s="16" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:34" s="16" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A16" s="13">
         <v>12</v>
       </c>
       <c r="B16" s="13" t="s">
         <v>68</v>
       </c>
       <c r="C16" s="13" t="s">
         <v>69</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F16" s="14">
         <v>1.3</v>
       </c>
       <c r="G16" s="15">
         <f t="shared" si="11"/>
         <v>3481920</v>
       </c>
       <c r="H16" s="14">
         <v>1.3</v>
       </c>
@@ -6566,51 +6605,51 @@
       </c>
       <c r="Y16" s="15">
         <f>X16*86400*15</f>
         <v>1555200</v>
       </c>
       <c r="Z16" s="14">
         <v>1.2</v>
       </c>
       <c r="AA16" s="15">
         <f t="shared" si="18"/>
         <v>3110400</v>
       </c>
       <c r="AB16" s="14">
         <v>1.2</v>
       </c>
       <c r="AC16" s="11">
         <f t="shared" si="19"/>
         <v>3214080</v>
       </c>
       <c r="AD16" s="11">
         <f t="shared" si="8"/>
         <v>20234880</v>
       </c>
       <c r="AF16" s="17"/>
     </row>
-    <row r="17" spans="1:32" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:32" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A17" s="9">
         <v>13</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="14">
         <v>2</v>
       </c>
       <c r="G17" s="15">
         <f t="shared" si="11"/>
         <v>5356800</v>
       </c>
       <c r="H17" s="14">
         <v>1.9</v>
       </c>
@@ -6672,51 +6711,51 @@
       </c>
       <c r="Y17" s="15">
         <f>X17*86400*15</f>
         <v>2462400</v>
       </c>
       <c r="Z17" s="14">
         <v>1.9</v>
       </c>
       <c r="AA17" s="15">
         <f t="shared" si="18"/>
         <v>4924800</v>
       </c>
       <c r="AB17" s="14">
         <v>1.9</v>
       </c>
       <c r="AC17" s="11">
         <f t="shared" si="19"/>
         <v>5088960</v>
       </c>
       <c r="AD17" s="15">
         <f t="shared" si="8"/>
         <v>48617280</v>
       </c>
       <c r="AF17" s="17"/>
     </row>
-    <row r="18" spans="1:32" s="16" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:32" s="16" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A18" s="13">
         <v>14</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="13" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F18" s="14">
         <v>1.2</v>
       </c>
       <c r="G18" s="15">
         <f t="shared" si="11"/>
         <v>3214080</v>
       </c>
       <c r="H18" s="14">
         <v>1.2</v>
       </c>
@@ -6778,51 +6817,51 @@
       </c>
       <c r="Y18" s="15">
         <f>X18*86400*15</f>
         <v>2462400</v>
       </c>
       <c r="Z18" s="14">
         <v>1.9</v>
       </c>
       <c r="AA18" s="15">
         <f t="shared" si="18"/>
         <v>4924800</v>
       </c>
       <c r="AB18" s="14">
         <v>1.9</v>
       </c>
       <c r="AC18" s="11">
         <f t="shared" si="19"/>
         <v>5088960</v>
       </c>
       <c r="AD18" s="11">
         <f t="shared" si="8"/>
         <v>23777280</v>
       </c>
       <c r="AF18" s="20"/>
     </row>
-    <row r="19" spans="1:32" s="16" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:32" s="16" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A19" s="13">
         <v>15</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>73</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="13" t="s">
         <v>7</v>
       </c>
       <c r="E19" s="13" t="s">
         <v>31</v>
       </c>
       <c r="F19" s="14">
         <v>6</v>
       </c>
       <c r="G19" s="15">
         <f t="shared" si="11"/>
         <v>16070400</v>
       </c>
       <c r="H19" s="14">
         <v>6.5</v>
       </c>
@@ -6884,51 +6923,51 @@
       </c>
       <c r="Y19" s="15">
         <f t="shared" ref="Y19:Y27" si="26">X19*86400*31</f>
         <v>16070400</v>
       </c>
       <c r="Z19" s="14">
         <v>6.5</v>
       </c>
       <c r="AA19" s="15">
         <f t="shared" si="18"/>
         <v>16848000</v>
       </c>
       <c r="AB19" s="14">
         <v>6.8</v>
       </c>
       <c r="AC19" s="11">
         <f t="shared" si="19"/>
         <v>18213120</v>
       </c>
       <c r="AD19" s="11">
         <f t="shared" si="8"/>
         <v>155545920</v>
       </c>
       <c r="AF19" s="20"/>
     </row>
-    <row r="20" spans="1:32" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:32" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A20" s="9">
         <v>16</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>81</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>6</v>
       </c>
       <c r="F20" s="14">
         <v>2</v>
       </c>
       <c r="G20" s="15">
         <f t="shared" si="11"/>
         <v>5356800</v>
       </c>
       <c r="H20" s="14">
         <v>2</v>
       </c>
@@ -6990,51 +7029,51 @@
       </c>
       <c r="Y20" s="15">
         <f t="shared" si="26"/>
         <v>5356800</v>
       </c>
       <c r="Z20" s="14">
         <v>2</v>
       </c>
       <c r="AA20" s="15">
         <f t="shared" si="18"/>
         <v>5184000</v>
       </c>
       <c r="AB20" s="14">
         <v>2</v>
       </c>
       <c r="AC20" s="11">
         <f t="shared" si="19"/>
         <v>5356800</v>
       </c>
       <c r="AD20" s="11">
         <f t="shared" si="8"/>
         <v>63072000</v>
       </c>
       <c r="AF20" s="17"/>
     </row>
-    <row r="21" spans="1:32" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:32" s="12" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A21" s="9">
         <v>17</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F21" s="14">
         <v>6</v>
       </c>
       <c r="G21" s="15">
         <f t="shared" si="11"/>
         <v>16070400</v>
       </c>
       <c r="H21" s="14">
         <v>6</v>
       </c>
@@ -7096,51 +7135,51 @@
       </c>
       <c r="Y21" s="15">
         <f t="shared" si="26"/>
         <v>18213120</v>
       </c>
       <c r="Z21" s="14">
         <v>6.8</v>
       </c>
       <c r="AA21" s="15">
         <f t="shared" si="18"/>
         <v>17625600</v>
       </c>
       <c r="AB21" s="14">
         <v>6</v>
       </c>
       <c r="AC21" s="15">
         <f t="shared" si="19"/>
         <v>16070400</v>
       </c>
       <c r="AD21" s="11">
         <f t="shared" si="8"/>
         <v>154422720</v>
       </c>
       <c r="AF21" s="17"/>
     </row>
-    <row r="22" spans="1:32" s="12" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:32" s="12" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="4">
         <v>18</v>
       </c>
       <c r="B22" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F22" s="14">
         <v>0</v>
       </c>
       <c r="G22" s="15">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="H22" s="43">
         <v>1.5</v>
       </c>
@@ -7202,51 +7241,51 @@
       </c>
       <c r="Y22" s="15">
         <f t="shared" si="26"/>
         <v>5356800</v>
       </c>
       <c r="Z22" s="43">
         <v>2</v>
       </c>
       <c r="AA22" s="15">
         <f t="shared" si="18"/>
         <v>5184000</v>
       </c>
       <c r="AB22" s="43">
         <v>0.8</v>
       </c>
       <c r="AC22" s="15">
         <f t="shared" si="19"/>
         <v>2142720</v>
       </c>
       <c r="AD22" s="11">
         <f t="shared" si="8"/>
         <v>52125120</v>
       </c>
       <c r="AF22" s="17"/>
     </row>
-    <row r="23" spans="1:32" ht="18" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:32" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A23" s="2">
         <v>19</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="14">
         <v>0</v>
       </c>
       <c r="G23" s="15">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="H23" s="14">
         <v>0</v>
       </c>
@@ -7308,51 +7347,51 @@
       </c>
       <c r="Y23" s="15">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="Z23" s="14">
         <v>0</v>
       </c>
       <c r="AA23" s="15">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AB23" s="14">
         <v>0</v>
       </c>
       <c r="AC23" s="15">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="AD23" s="11">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AF23" s="17"/>
     </row>
-    <row r="24" spans="1:32" s="18" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:32" s="18" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A24" s="44">
         <v>20</v>
       </c>
       <c r="B24" s="44" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="44" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="44" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="44" t="s">
         <v>12</v>
       </c>
       <c r="F24" s="45">
         <v>0</v>
       </c>
       <c r="G24" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="H24" s="45">
         <v>0</v>
       </c>
@@ -7414,51 +7453,51 @@
       </c>
       <c r="Y24" s="46">
         <f t="shared" si="26"/>
         <v>6696000</v>
       </c>
       <c r="Z24" s="45">
         <v>3.5</v>
       </c>
       <c r="AA24" s="46">
         <f t="shared" si="18"/>
         <v>9072000</v>
       </c>
       <c r="AB24" s="45">
         <v>3.5</v>
       </c>
       <c r="AC24" s="46">
         <f t="shared" si="19"/>
         <v>9374400</v>
       </c>
       <c r="AD24" s="46">
         <f t="shared" si="8"/>
         <v>84879360</v>
       </c>
       <c r="AF24" s="19"/>
     </row>
-    <row r="25" spans="1:32" s="31" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:32" s="31" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A25" s="29">
         <v>21</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D25" s="29" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="29" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="24">
         <v>0</v>
       </c>
       <c r="G25" s="27">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="H25" s="24">
         <v>0</v>
       </c>
@@ -7520,51 +7559,51 @@
       </c>
       <c r="Y25" s="27">
         <f t="shared" si="26"/>
         <v>1339200</v>
       </c>
       <c r="Z25" s="43">
         <v>0.5</v>
       </c>
       <c r="AA25" s="27">
         <f t="shared" si="18"/>
         <v>1296000</v>
       </c>
       <c r="AB25" s="43">
         <v>0.4</v>
       </c>
       <c r="AC25" s="27">
         <f t="shared" si="19"/>
         <v>1071360</v>
       </c>
       <c r="AD25" s="30">
         <f t="shared" si="8"/>
         <v>13720320</v>
       </c>
       <c r="AF25" s="32"/>
     </row>
-    <row r="26" spans="1:32" ht="18" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:32" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A26" s="2">
         <v>22</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>49</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F26" s="14">
         <v>1.8</v>
       </c>
       <c r="G26" s="15">
         <f t="shared" si="11"/>
         <v>4821120</v>
       </c>
       <c r="H26" s="14">
         <v>1.8</v>
       </c>
@@ -7626,51 +7665,51 @@
       </c>
       <c r="Y26" s="15">
         <f t="shared" si="26"/>
         <v>5356800</v>
       </c>
       <c r="Z26" s="14">
         <v>2</v>
       </c>
       <c r="AA26" s="15">
         <f t="shared" si="18"/>
         <v>5184000</v>
       </c>
       <c r="AB26" s="14">
         <v>2</v>
       </c>
       <c r="AC26" s="15">
         <f t="shared" si="19"/>
         <v>5356800</v>
       </c>
       <c r="AD26" s="11">
         <f t="shared" si="8"/>
         <v>61516800</v>
       </c>
       <c r="AF26" s="17"/>
     </row>
-    <row r="27" spans="1:32" ht="36" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:32" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A27" s="2">
         <v>23</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F27" s="14">
         <v>2.2000000000000002</v>
       </c>
       <c r="G27" s="15">
         <f t="shared" si="11"/>
         <v>5892480.0000000009</v>
       </c>
       <c r="H27" s="14">
         <v>2.2000000000000002</v>
       </c>
@@ -7732,51 +7771,51 @@
       </c>
       <c r="Y27" s="15">
         <f t="shared" si="26"/>
         <v>5356800</v>
       </c>
       <c r="Z27" s="14">
         <v>2</v>
       </c>
       <c r="AA27" s="15">
         <f t="shared" si="18"/>
         <v>5184000</v>
       </c>
       <c r="AB27" s="14">
         <v>2</v>
       </c>
       <c r="AC27" s="15">
         <f t="shared" si="19"/>
         <v>5356800</v>
       </c>
       <c r="AD27" s="11">
         <f t="shared" si="8"/>
         <v>65681280</v>
       </c>
       <c r="AF27" s="17"/>
     </row>
-    <row r="28" spans="1:32" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:32" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
       <c r="B28" s="40"/>
       <c r="C28" s="78" t="s">
         <v>35</v>
       </c>
       <c r="D28" s="79"/>
       <c r="E28" s="80"/>
       <c r="F28" s="5">
         <f>SUM(F5:F27)</f>
         <v>46.5</v>
       </c>
       <c r="G28" s="6">
         <f>SUM(G5:G27)</f>
         <v>124545600</v>
       </c>
       <c r="H28" s="5">
         <f t="shared" ref="H28:M28" si="27">SUM(H5:H27)</f>
         <v>49.5</v>
       </c>
       <c r="I28" s="6">
         <f t="shared" si="27"/>
         <v>118065600</v>
       </c>
       <c r="J28" s="5">
         <f t="shared" si="27"/>
@@ -7871,245 +7910,245 @@
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="N3:O3"/>
     <mergeCell ref="P3:Q3"/>
     <mergeCell ref="R3:S3"/>
     <mergeCell ref="T3:U3"/>
     <mergeCell ref="V3:W3"/>
     <mergeCell ref="X3:Y3"/>
     <mergeCell ref="Z3:AA3"/>
     <mergeCell ref="AB3:AC3"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="20" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8529E15E-71FE-4521-A184-B764C0F2F1CF}">
   <dimension ref="A1:AT30"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane xSplit="5" ySplit="4" topLeftCell="AG5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="5" ySplit="4" topLeftCell="F5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="AL12" sqref="AL12"/>
+      <selection pane="bottomRight" activeCell="D24" sqref="D24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="39" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="39" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.140625" style="12" customWidth="1"/>
-[...27 lines deleted...]
-    <col min="29" max="29" width="27.140625" style="12" customWidth="1"/>
+    <col min="1" max="1" width="4.109375" style="12" customWidth="1"/>
+    <col min="2" max="2" width="36.6640625" style="12" customWidth="1"/>
+    <col min="3" max="3" width="23.109375" style="12" customWidth="1"/>
+    <col min="4" max="4" width="33.88671875" style="12" customWidth="1"/>
+    <col min="5" max="5" width="25.109375" style="12" customWidth="1"/>
+    <col min="6" max="6" width="12.109375" style="12" customWidth="1"/>
+    <col min="7" max="7" width="12.109375" style="55" customWidth="1"/>
+    <col min="8" max="8" width="23.5546875" style="50" customWidth="1"/>
+    <col min="9" max="9" width="12.109375" style="12" customWidth="1"/>
+    <col min="10" max="10" width="12.109375" style="55" customWidth="1"/>
+    <col min="11" max="11" width="23.6640625" style="50" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.5546875" style="12" customWidth="1"/>
+    <col min="13" max="13" width="12.109375" style="55" customWidth="1"/>
+    <col min="14" max="14" width="23.44140625" style="50" customWidth="1"/>
+    <col min="15" max="15" width="12.109375" style="12" customWidth="1"/>
+    <col min="16" max="16" width="12.109375" style="55" customWidth="1"/>
+    <col min="17" max="17" width="26.44140625" style="12" customWidth="1"/>
+    <col min="18" max="18" width="12.109375" style="12" customWidth="1"/>
+    <col min="19" max="19" width="12.109375" style="55" customWidth="1"/>
+    <col min="20" max="20" width="23.109375" style="50" customWidth="1"/>
+    <col min="21" max="21" width="12.109375" style="12" customWidth="1"/>
+    <col min="22" max="22" width="12.109375" style="55" customWidth="1"/>
+    <col min="23" max="23" width="25.5546875" style="12" customWidth="1"/>
+    <col min="24" max="24" width="12.109375" style="12" customWidth="1"/>
+    <col min="25" max="25" width="12.109375" style="55" customWidth="1"/>
+    <col min="26" max="26" width="26.109375" style="12" customWidth="1"/>
+    <col min="27" max="27" width="12.109375" style="12" customWidth="1"/>
+    <col min="28" max="28" width="12.109375" style="55" customWidth="1"/>
+    <col min="29" max="29" width="27.109375" style="12" customWidth="1"/>
     <col min="30" max="30" width="14" style="12" customWidth="1"/>
     <col min="31" max="31" width="14" style="55" customWidth="1"/>
-    <col min="32" max="32" width="28.140625" style="50" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="38" max="38" width="25.28515625" style="12" customWidth="1"/>
+    <col min="32" max="32" width="28.109375" style="50" customWidth="1"/>
+    <col min="33" max="33" width="14.109375" style="12" customWidth="1"/>
+    <col min="34" max="34" width="14.109375" style="55" customWidth="1"/>
+    <col min="35" max="35" width="29.44140625" style="12" customWidth="1"/>
+    <col min="36" max="36" width="14.109375" style="12" customWidth="1"/>
+    <col min="37" max="37" width="14.109375" style="55" customWidth="1"/>
+    <col min="38" max="38" width="25.33203125" style="12" customWidth="1"/>
     <col min="39" max="40" width="21" style="12" customWidth="1"/>
-    <col min="41" max="41" width="22.42578125" style="12" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="47" max="16384" width="9.140625" style="12"/>
+    <col min="41" max="41" width="22.44140625" style="12" customWidth="1"/>
+    <col min="42" max="42" width="24.5546875" style="50" customWidth="1"/>
+    <col min="43" max="43" width="80.5546875" style="12" customWidth="1"/>
+    <col min="44" max="44" width="11.6640625" style="12" customWidth="1"/>
+    <col min="45" max="45" width="9.109375" style="12"/>
+    <col min="46" max="46" width="13.109375" style="12" bestFit="1" customWidth="1"/>
+    <col min="47" max="16384" width="9.109375" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:46" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:46" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="86"/>
       <c r="B1" s="86"/>
       <c r="C1" s="86"/>
       <c r="D1" s="86"/>
       <c r="E1" s="86"/>
       <c r="F1" s="74"/>
       <c r="G1" s="74"/>
       <c r="H1" s="74"/>
       <c r="I1" s="74"/>
       <c r="J1" s="74"/>
       <c r="K1" s="74"/>
       <c r="L1" s="74"/>
       <c r="M1" s="75"/>
       <c r="N1" s="74"/>
       <c r="O1" s="74"/>
       <c r="P1" s="74"/>
       <c r="Q1" s="74"/>
       <c r="R1" s="74"/>
       <c r="S1" s="74"/>
       <c r="T1" s="74"/>
       <c r="U1" s="74"/>
       <c r="V1" s="74"/>
       <c r="W1" s="74"/>
       <c r="X1" s="74"/>
       <c r="Y1" s="74"/>
       <c r="Z1" s="74"/>
       <c r="AA1" s="74"/>
       <c r="AB1" s="74"/>
       <c r="AC1" s="74"/>
       <c r="AD1" s="74"/>
       <c r="AE1" s="74"/>
       <c r="AF1" s="74"/>
       <c r="AG1" s="74"/>
       <c r="AH1" s="74"/>
       <c r="AI1" s="74"/>
       <c r="AJ1" s="74"/>
       <c r="AK1" s="74"/>
       <c r="AL1" s="74"/>
       <c r="AM1" s="74"/>
       <c r="AN1" s="74"/>
       <c r="AO1" s="74"/>
       <c r="AP1" s="74"/>
     </row>
-    <row r="2" spans="1:46" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:46" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="87"/>
       <c r="B2" s="87"/>
       <c r="C2" s="87"/>
       <c r="D2" s="87"/>
       <c r="E2" s="87"/>
       <c r="F2" s="72"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
       <c r="I2" s="72"/>
       <c r="J2" s="72"/>
       <c r="K2" s="72"/>
       <c r="L2" s="72"/>
       <c r="M2" s="73"/>
       <c r="N2" s="72"/>
       <c r="O2" s="72"/>
       <c r="P2" s="72"/>
       <c r="Q2" s="72"/>
       <c r="R2" s="72"/>
       <c r="S2" s="72"/>
       <c r="T2" s="72"/>
       <c r="U2" s="72"/>
       <c r="V2" s="72"/>
       <c r="W2" s="72"/>
       <c r="X2" s="72"/>
       <c r="Y2" s="72"/>
       <c r="Z2" s="72"/>
       <c r="AA2" s="72"/>
       <c r="AB2" s="72"/>
       <c r="AC2" s="72"/>
       <c r="AD2" s="72"/>
       <c r="AE2" s="72"/>
       <c r="AF2" s="72"/>
       <c r="AG2" s="72"/>
       <c r="AH2" s="72"/>
       <c r="AI2" s="72"/>
       <c r="AJ2" s="72"/>
       <c r="AK2" s="72"/>
       <c r="AL2" s="72"/>
       <c r="AM2" s="72"/>
       <c r="AN2" s="72"/>
       <c r="AO2" s="72"/>
       <c r="AP2" s="72"/>
       <c r="AQ2" s="12" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="3" spans="1:46" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:46" ht="39.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="90" t="s">
         <v>102</v>
       </c>
       <c r="B3" s="91"/>
       <c r="C3" s="91"/>
       <c r="D3" s="91"/>
       <c r="E3" s="91"/>
       <c r="F3" s="47"/>
       <c r="G3" s="51"/>
       <c r="H3" s="47"/>
       <c r="I3" s="47"/>
       <c r="J3" s="51"/>
       <c r="K3" s="47"/>
       <c r="L3" s="47"/>
       <c r="M3" s="51"/>
       <c r="N3" s="47"/>
       <c r="O3" s="47"/>
       <c r="P3" s="51"/>
       <c r="Q3" s="47"/>
       <c r="R3" s="47"/>
       <c r="S3" s="51"/>
       <c r="T3" s="47"/>
       <c r="U3" s="47"/>
       <c r="V3" s="51"/>
       <c r="W3" s="47"/>
       <c r="X3" s="47"/>
       <c r="Y3" s="51"/>
       <c r="Z3" s="47"/>
       <c r="AA3" s="47"/>
       <c r="AB3" s="51"/>
       <c r="AC3" s="47"/>
       <c r="AD3" s="47"/>
       <c r="AE3" s="51"/>
       <c r="AF3" s="47"/>
       <c r="AG3" s="47"/>
       <c r="AH3" s="51"/>
       <c r="AI3" s="47"/>
       <c r="AJ3" s="47"/>
       <c r="AK3" s="51"/>
       <c r="AL3" s="47"/>
       <c r="AM3" s="47"/>
       <c r="AN3" s="47"/>
       <c r="AO3" s="47"/>
       <c r="AP3" s="49"/>
       <c r="AQ3" s="9"/>
     </row>
-    <row r="4" spans="1:46" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:46" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="92"/>
       <c r="B4" s="58" t="s">
         <v>86</v>
       </c>
       <c r="C4" s="58" t="s">
         <v>83</v>
       </c>
       <c r="D4" s="58" t="s">
         <v>84</v>
       </c>
       <c r="E4" s="58" t="s">
         <v>85</v>
       </c>
       <c r="F4" s="88" t="s">
         <v>37</v>
       </c>
       <c r="G4" s="88"/>
       <c r="H4" s="88"/>
       <c r="I4" s="88" t="s">
         <v>38</v>
       </c>
       <c r="J4" s="88"/>
       <c r="K4" s="88"/>
       <c r="L4" s="88" t="s">
         <v>39</v>
@@ -8144,51 +8183,51 @@
       <c r="AD4" s="88" t="s">
         <v>48</v>
       </c>
       <c r="AE4" s="88"/>
       <c r="AF4" s="88"/>
       <c r="AG4" s="88" t="s">
         <v>45</v>
       </c>
       <c r="AH4" s="88"/>
       <c r="AI4" s="88"/>
       <c r="AJ4" s="88" t="s">
         <v>46</v>
       </c>
       <c r="AK4" s="88"/>
       <c r="AL4" s="88"/>
       <c r="AM4" s="88" t="s">
         <v>36</v>
       </c>
       <c r="AN4" s="88"/>
       <c r="AO4" s="88"/>
       <c r="AP4" s="49"/>
       <c r="AQ4" s="71" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="5" spans="1:46" ht="36" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:46" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A5" s="92"/>
       <c r="B5" s="9"/>
       <c r="C5" s="58"/>
       <c r="D5" s="58"/>
       <c r="E5" s="58"/>
       <c r="F5" s="58" t="s">
         <v>47</v>
       </c>
       <c r="G5" s="52" t="s">
         <v>90</v>
       </c>
       <c r="H5" s="58" t="s">
         <v>88</v>
       </c>
       <c r="I5" s="58" t="s">
         <v>47</v>
       </c>
       <c r="J5" s="52" t="s">
         <v>90</v>
       </c>
       <c r="K5" s="58" t="s">
         <v>88</v>
       </c>
       <c r="L5" s="58" t="s">
         <v>47</v>
@@ -8261,62 +8300,62 @@
         <v>88</v>
       </c>
       <c r="AJ5" s="58" t="s">
         <v>47</v>
       </c>
       <c r="AK5" s="52" t="s">
         <v>90</v>
       </c>
       <c r="AL5" s="58" t="s">
         <v>88</v>
       </c>
       <c r="AM5" s="64" t="s">
         <v>47</v>
       </c>
       <c r="AN5" s="52" t="s">
         <v>90</v>
       </c>
       <c r="AO5" s="64" t="s">
         <v>88</v>
       </c>
       <c r="AP5" s="58" t="s">
         <v>88</v>
       </c>
       <c r="AQ5" s="9"/>
     </row>
-    <row r="6" spans="1:46" ht="18" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:46" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A6" s="9">
         <v>1</v>
       </c>
       <c r="B6" s="66" t="s">
         <v>59</v>
       </c>
       <c r="C6" s="66" t="s">
         <v>15</v>
       </c>
-      <c r="D6" s="66" t="s">
-        <v>0</v>
+      <c r="D6" s="94" t="s">
+        <v>110</v>
       </c>
       <c r="E6" s="66" t="s">
         <v>29</v>
       </c>
       <c r="F6" s="10">
         <v>0</v>
       </c>
       <c r="G6" s="53" t="s">
         <v>92</v>
       </c>
       <c r="H6" s="11">
         <f>F6*G6*86400</f>
         <v>0</v>
       </c>
       <c r="I6" s="10">
         <v>0</v>
       </c>
       <c r="J6" s="53" t="s">
         <v>92</v>
       </c>
       <c r="K6" s="11">
         <f>I6*J6*86400</f>
         <v>0</v>
       </c>
       <c r="L6" s="10">
@@ -8403,62 +8442,62 @@
         <v>0</v>
       </c>
       <c r="AK6" s="53">
         <v>0</v>
       </c>
       <c r="AL6" s="59">
         <f>AJ6*AK6*86400</f>
         <v>0</v>
       </c>
       <c r="AM6" s="10">
         <v>0</v>
       </c>
       <c r="AN6" s="53" t="s">
         <v>92</v>
       </c>
       <c r="AO6" s="11">
         <f>AM6*AN6*86400</f>
         <v>0</v>
       </c>
       <c r="AP6" s="11">
         <f>H6+K6+N6+Q6+T6+W6+Z6+AC6+AF6+AI6+AL6+AO6</f>
         <v>210124800</v>
       </c>
       <c r="AQ6" s="62"/>
     </row>
-    <row r="7" spans="1:46" ht="18" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:46" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A7" s="9">
         <v>2</v>
       </c>
       <c r="B7" s="66" t="s">
         <v>59</v>
       </c>
       <c r="C7" s="66" t="s">
         <v>54</v>
       </c>
-      <c r="D7" s="66" t="s">
-        <v>0</v>
+      <c r="D7" s="94" t="s">
+        <v>110</v>
       </c>
       <c r="E7" s="66" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="10">
         <v>0</v>
       </c>
       <c r="G7" s="53" t="s">
         <v>92</v>
       </c>
       <c r="H7" s="11">
         <f t="shared" ref="H7:H28" si="0">F7*G7*86400</f>
         <v>0</v>
       </c>
       <c r="I7" s="10">
         <v>0</v>
       </c>
       <c r="J7" s="53" t="s">
         <v>92</v>
       </c>
       <c r="K7" s="11">
         <f t="shared" ref="K7:K28" si="1">I7*J7*86400</f>
         <v>0</v>
       </c>
       <c r="L7" s="10">
@@ -8545,62 +8584,62 @@
         <v>0</v>
       </c>
       <c r="AK7" s="53">
         <v>0</v>
       </c>
       <c r="AL7" s="59">
         <f t="shared" ref="AL7:AL28" si="10">AJ7*AK7*86400</f>
         <v>0</v>
       </c>
       <c r="AM7" s="10">
         <v>0</v>
       </c>
       <c r="AN7" s="53" t="s">
         <v>92</v>
       </c>
       <c r="AO7" s="11">
         <f t="shared" ref="AO7:AO28" si="11">AM7*AN7*86400</f>
         <v>0</v>
       </c>
       <c r="AP7" s="11">
         <f t="shared" ref="AP7:AP28" si="12">H7+K7+N7+Q7+T7+W7+Z7+AC7+AF7+AI7+AL7+AO7</f>
         <v>20736000</v>
       </c>
       <c r="AQ7" s="9"/>
     </row>
-    <row r="8" spans="1:46" ht="18" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:46" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A8" s="9">
         <v>3</v>
       </c>
       <c r="B8" s="66" t="s">
         <v>60</v>
       </c>
       <c r="C8" s="66" t="s">
         <v>53</v>
       </c>
-      <c r="D8" s="66" t="s">
-        <v>0</v>
+      <c r="D8" s="94" t="s">
+        <v>110</v>
       </c>
       <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
       <c r="F8" s="10">
         <v>0</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>92</v>
       </c>
       <c r="H8" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I8" s="10">
         <v>0</v>
       </c>
       <c r="J8" s="53" t="s">
         <v>92</v>
       </c>
       <c r="K8" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L8" s="10">
@@ -8688,62 +8727,62 @@
       </c>
       <c r="AK8" s="53">
         <v>0</v>
       </c>
       <c r="AL8" s="59">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="AM8" s="10">
         <v>0</v>
       </c>
       <c r="AN8" s="53" t="s">
         <v>92</v>
       </c>
       <c r="AO8" s="11">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="AP8" s="11">
         <f t="shared" si="12"/>
         <v>20736000</v>
       </c>
       <c r="AQ8" s="63"/>
       <c r="AR8" s="17"/>
     </row>
-    <row r="9" spans="1:46" ht="36" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:46" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A9" s="9">
         <v>4</v>
       </c>
       <c r="B9" s="66" t="s">
         <v>61</v>
       </c>
       <c r="C9" s="66" t="s">
         <v>55</v>
       </c>
-      <c r="D9" s="66" t="s">
-        <v>0</v>
+      <c r="D9" s="94" t="s">
+        <v>110</v>
       </c>
       <c r="E9" s="66" t="s">
         <v>1</v>
       </c>
       <c r="F9" s="10">
         <v>0</v>
       </c>
       <c r="G9" s="53" t="s">
         <v>92</v>
       </c>
       <c r="H9" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I9" s="10">
         <v>0</v>
       </c>
       <c r="J9" s="53" t="s">
         <v>92</v>
       </c>
       <c r="K9" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L9" s="10">
@@ -8830,62 +8869,62 @@
         <v>0</v>
       </c>
       <c r="AK9" s="53">
         <v>0</v>
       </c>
       <c r="AL9" s="59">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="AM9" s="10">
         <v>0</v>
       </c>
       <c r="AN9" s="53" t="s">
         <v>92</v>
       </c>
       <c r="AO9" s="11">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="AP9" s="11">
         <f t="shared" si="12"/>
         <v>18144000</v>
       </c>
       <c r="AQ9" s="9"/>
     </row>
-    <row r="10" spans="1:46" ht="36" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:46" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A10" s="9">
         <v>5</v>
       </c>
       <c r="B10" s="66" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="66" t="s">
         <v>58</v>
       </c>
-      <c r="D10" s="66" t="s">
-        <v>0</v>
+      <c r="D10" s="94" t="s">
+        <v>110</v>
       </c>
       <c r="E10" s="66" t="s">
         <v>1</v>
       </c>
       <c r="F10" s="10">
         <v>0</v>
       </c>
       <c r="G10" s="53" t="s">
         <v>92</v>
       </c>
       <c r="H10" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I10" s="10">
         <v>0</v>
       </c>
       <c r="J10" s="53" t="s">
         <v>92</v>
       </c>
       <c r="K10" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L10" s="10">
@@ -8972,62 +9011,62 @@
         <v>0</v>
       </c>
       <c r="AK10" s="53">
         <v>0</v>
       </c>
       <c r="AL10" s="59">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="AM10" s="10">
         <v>0</v>
       </c>
       <c r="AN10" s="53" t="s">
         <v>92</v>
       </c>
       <c r="AO10" s="11">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="AP10" s="11">
         <f t="shared" si="12"/>
         <v>10368000</v>
       </c>
       <c r="AQ10" s="9"/>
     </row>
-    <row r="11" spans="1:46" s="18" customFormat="1" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:46" s="18" customFormat="1" ht="107.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="13">
         <v>6</v>
       </c>
       <c r="B11" s="67" t="s">
         <v>57</v>
       </c>
       <c r="C11" s="67" t="s">
         <v>52</v>
       </c>
-      <c r="D11" s="67" t="s">
-        <v>24</v>
+      <c r="D11" s="95" t="s">
+        <v>111</v>
       </c>
       <c r="E11" s="67" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="14">
         <v>10</v>
       </c>
       <c r="G11" s="54">
         <v>13</v>
       </c>
       <c r="H11" s="11">
         <f t="shared" si="0"/>
         <v>11232000</v>
       </c>
       <c r="I11" s="14">
         <v>10</v>
       </c>
       <c r="J11" s="54">
         <v>31</v>
       </c>
       <c r="K11" s="11">
         <f t="shared" si="1"/>
         <v>26784000</v>
       </c>
       <c r="L11" s="14">
@@ -9117,62 +9156,62 @@
         <v>31</v>
       </c>
       <c r="AL11" s="59">
         <f t="shared" si="10"/>
         <v>26784000</v>
       </c>
       <c r="AM11" s="14">
         <v>10</v>
       </c>
       <c r="AN11" s="54">
         <v>31</v>
       </c>
       <c r="AO11" s="11">
         <f t="shared" si="11"/>
         <v>26784000</v>
       </c>
       <c r="AP11" s="11">
         <f t="shared" si="12"/>
         <v>244080000</v>
       </c>
       <c r="AQ11" s="14" t="s">
         <v>109</v>
       </c>
       <c r="AR11" s="19"/>
     </row>
-    <row r="12" spans="1:46" s="18" customFormat="1" ht="99" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:46" s="18" customFormat="1" ht="99" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="13">
         <v>7</v>
       </c>
       <c r="B12" s="67" t="s">
         <v>57</v>
       </c>
       <c r="C12" s="67" t="s">
         <v>16</v>
       </c>
-      <c r="D12" s="67" t="s">
-        <v>24</v>
+      <c r="D12" s="95" t="s">
+        <v>111</v>
       </c>
       <c r="E12" s="67" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="14">
         <v>7</v>
       </c>
       <c r="G12" s="54">
         <v>13</v>
       </c>
       <c r="H12" s="11">
         <f t="shared" si="0"/>
         <v>7862400</v>
       </c>
       <c r="I12" s="14">
         <v>7</v>
       </c>
       <c r="J12" s="54">
         <v>31</v>
       </c>
       <c r="K12" s="11">
         <f t="shared" si="1"/>
         <v>18748800</v>
       </c>
       <c r="L12" s="14">
@@ -9261,62 +9300,62 @@
       <c r="AK12" s="54">
         <v>31</v>
       </c>
       <c r="AL12" s="59">
         <f t="shared" si="10"/>
         <v>20088000</v>
       </c>
       <c r="AM12" s="14">
         <v>7.5</v>
       </c>
       <c r="AN12" s="54">
         <v>31</v>
       </c>
       <c r="AO12" s="11">
         <f t="shared" si="11"/>
         <v>20088000</v>
       </c>
       <c r="AP12" s="11">
         <f t="shared" si="12"/>
         <v>137635200</v>
       </c>
       <c r="AQ12" s="14" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="13" spans="1:46" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:46" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="9">
         <v>8</v>
       </c>
       <c r="B13" s="66" t="s">
         <v>63</v>
       </c>
       <c r="C13" s="67" t="s">
         <v>17</v>
       </c>
-      <c r="D13" s="67" t="s">
-        <v>25</v>
+      <c r="D13" s="95" t="s">
+        <v>112</v>
       </c>
       <c r="E13" s="67" t="s">
         <v>25</v>
       </c>
       <c r="F13" s="14">
         <v>5.5</v>
       </c>
       <c r="G13" s="54">
         <v>8</v>
       </c>
       <c r="H13" s="11">
         <f t="shared" si="0"/>
         <v>3801600</v>
       </c>
       <c r="I13" s="14">
         <v>6.5</v>
       </c>
       <c r="J13" s="54">
         <v>31</v>
       </c>
       <c r="K13" s="11">
         <f t="shared" si="1"/>
         <v>17409600</v>
       </c>
       <c r="L13" s="14">
@@ -9407,62 +9446,62 @@
       </c>
       <c r="AL13" s="59">
         <f t="shared" si="10"/>
         <v>13392000</v>
       </c>
       <c r="AM13" s="14">
         <v>4</v>
       </c>
       <c r="AN13" s="54">
         <v>31</v>
       </c>
       <c r="AO13" s="11">
         <f t="shared" si="11"/>
         <v>10713600</v>
       </c>
       <c r="AP13" s="11">
         <f t="shared" si="12"/>
         <v>170121600</v>
       </c>
       <c r="AQ13" s="13" t="s">
         <v>103</v>
       </c>
       <c r="AR13" s="17"/>
       <c r="AT13" s="17"/>
     </row>
-    <row r="14" spans="1:46" s="16" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:46" s="16" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="13">
         <v>9</v>
       </c>
       <c r="B14" s="67" t="s">
         <v>64</v>
       </c>
       <c r="C14" s="67" t="s">
         <v>18</v>
       </c>
-      <c r="D14" s="67" t="s">
-        <v>25</v>
+      <c r="D14" s="95" t="s">
+        <v>112</v>
       </c>
       <c r="E14" s="67" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="14">
         <v>1.5</v>
       </c>
       <c r="G14" s="54">
         <v>28</v>
       </c>
       <c r="H14" s="11">
         <f t="shared" si="0"/>
         <v>3628800</v>
       </c>
       <c r="I14" s="14">
         <v>3.5</v>
       </c>
       <c r="J14" s="54">
         <v>31</v>
       </c>
       <c r="K14" s="11">
         <f t="shared" si="1"/>
         <v>9374400</v>
       </c>
       <c r="L14" s="14">
@@ -9550,62 +9589,62 @@
       </c>
       <c r="AK14" s="54">
         <v>31</v>
       </c>
       <c r="AL14" s="59">
         <f t="shared" si="10"/>
         <v>5356800</v>
       </c>
       <c r="AM14" s="14">
         <v>1.5</v>
       </c>
       <c r="AN14" s="54">
         <v>31</v>
       </c>
       <c r="AO14" s="11">
         <f t="shared" si="11"/>
         <v>4017600</v>
       </c>
       <c r="AP14" s="11">
         <f t="shared" si="12"/>
         <v>80092800</v>
       </c>
       <c r="AQ14" s="13"/>
       <c r="AR14" s="20"/>
     </row>
-    <row r="15" spans="1:46" ht="72" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:46" ht="64.8" x14ac:dyDescent="0.3">
       <c r="A15" s="9">
         <v>10</v>
       </c>
       <c r="B15" s="66" t="s">
         <v>67</v>
       </c>
       <c r="C15" s="66" t="s">
         <v>19</v>
       </c>
-      <c r="D15" s="66" t="s">
-        <v>26</v>
+      <c r="D15" s="94" t="s">
+        <v>113</v>
       </c>
       <c r="E15" s="66" t="s">
         <v>8</v>
       </c>
       <c r="F15" s="14">
         <v>0.4</v>
       </c>
       <c r="G15" s="54">
         <v>28</v>
       </c>
       <c r="H15" s="11">
         <f t="shared" si="0"/>
         <v>967680.00000000012</v>
       </c>
       <c r="I15" s="14">
         <v>0.5</v>
       </c>
       <c r="J15" s="54">
         <v>20</v>
       </c>
       <c r="K15" s="11">
         <f t="shared" si="1"/>
         <v>864000</v>
       </c>
       <c r="L15" s="14">
@@ -9695,62 +9734,62 @@
         <v>31</v>
       </c>
       <c r="AL15" s="59">
         <f t="shared" si="10"/>
         <v>1071360</v>
       </c>
       <c r="AM15" s="14">
         <v>0.4</v>
       </c>
       <c r="AN15" s="54">
         <v>31</v>
       </c>
       <c r="AO15" s="11">
         <f t="shared" si="11"/>
         <v>1071360</v>
       </c>
       <c r="AP15" s="11">
         <f t="shared" si="12"/>
         <v>8985600</v>
       </c>
       <c r="AQ15" s="63" t="s">
         <v>107</v>
       </c>
       <c r="AR15" s="17"/>
     </row>
-    <row r="16" spans="1:46" ht="72" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:46" ht="64.8" x14ac:dyDescent="0.3">
       <c r="A16" s="9">
         <v>11</v>
       </c>
       <c r="B16" s="67" t="s">
         <v>57</v>
       </c>
       <c r="C16" s="66" t="s">
         <v>20</v>
       </c>
-      <c r="D16" s="66" t="s">
-        <v>26</v>
+      <c r="D16" s="94" t="s">
+        <v>113</v>
       </c>
       <c r="E16" s="66" t="s">
         <v>8</v>
       </c>
       <c r="F16" s="14">
         <v>0.7</v>
       </c>
       <c r="G16" s="54">
         <v>28</v>
       </c>
       <c r="H16" s="11">
         <f t="shared" si="0"/>
         <v>1693439.9999999998</v>
       </c>
       <c r="I16" s="14">
         <v>0.8</v>
       </c>
       <c r="J16" s="54">
         <v>20</v>
       </c>
       <c r="K16" s="11">
         <f t="shared" si="1"/>
         <v>1382400</v>
       </c>
       <c r="L16" s="14">
@@ -9840,62 +9879,62 @@
         <v>31</v>
       </c>
       <c r="AL16" s="59">
         <f t="shared" si="10"/>
         <v>1339200</v>
       </c>
       <c r="AM16" s="14">
         <v>0.6</v>
       </c>
       <c r="AN16" s="54">
         <v>31</v>
       </c>
       <c r="AO16" s="11">
         <f t="shared" si="11"/>
         <v>1607039.9999999998</v>
       </c>
       <c r="AP16" s="11">
         <f t="shared" si="12"/>
         <v>14040000</v>
       </c>
       <c r="AQ16" s="63" t="s">
         <v>107</v>
       </c>
       <c r="AR16" s="17"/>
     </row>
-    <row r="17" spans="1:44" s="16" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:44" s="16" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="13">
         <v>12</v>
       </c>
       <c r="B17" s="67" t="s">
         <v>68</v>
       </c>
       <c r="C17" s="67" t="s">
         <v>69</v>
       </c>
-      <c r="D17" s="67" t="s">
-        <v>5</v>
+      <c r="D17" s="95" t="s">
+        <v>114</v>
       </c>
       <c r="E17" s="67" t="s">
         <v>4</v>
       </c>
       <c r="F17" s="14">
         <v>1.3</v>
       </c>
       <c r="G17" s="54">
         <v>28</v>
       </c>
       <c r="H17" s="11">
         <f t="shared" si="0"/>
         <v>3144960</v>
       </c>
       <c r="I17" s="14">
         <v>1.3</v>
       </c>
       <c r="J17" s="54">
         <v>31</v>
       </c>
       <c r="K17" s="11">
         <f t="shared" si="1"/>
         <v>3481920.0000000005</v>
       </c>
       <c r="L17" s="14">
@@ -9983,62 +10022,62 @@
       </c>
       <c r="AK17" s="54">
         <v>31</v>
       </c>
       <c r="AL17" s="59">
         <f t="shared" si="10"/>
         <v>3214079.9999999995</v>
       </c>
       <c r="AM17" s="14">
         <v>1.3</v>
       </c>
       <c r="AN17" s="54">
         <v>31</v>
       </c>
       <c r="AO17" s="11">
         <f t="shared" si="11"/>
         <v>3481920.0000000005</v>
       </c>
       <c r="AP17" s="11">
         <f t="shared" si="12"/>
         <v>21358080</v>
       </c>
       <c r="AQ17" s="13"/>
       <c r="AR17" s="17"/>
     </row>
-    <row r="18" spans="1:44" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:44" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="9">
         <v>13</v>
       </c>
       <c r="B18" s="66" t="s">
         <v>70</v>
       </c>
       <c r="C18" s="66" t="s">
         <v>21</v>
       </c>
-      <c r="D18" s="66" t="s">
-        <v>5</v>
+      <c r="D18" s="95" t="s">
+        <v>114</v>
       </c>
       <c r="E18" s="66" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="14">
         <v>1.9</v>
       </c>
       <c r="G18" s="54">
         <v>28</v>
       </c>
       <c r="H18" s="11">
         <f t="shared" si="0"/>
         <v>4596480</v>
       </c>
       <c r="I18" s="14">
         <v>2.2000000000000002</v>
       </c>
       <c r="J18" s="54">
         <v>31</v>
       </c>
       <c r="K18" s="11">
         <f t="shared" si="1"/>
         <v>5892480</v>
       </c>
       <c r="L18" s="14">
@@ -10128,62 +10167,62 @@
         <v>0</v>
       </c>
       <c r="AL18" s="59">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="AM18" s="14">
         <v>2</v>
       </c>
       <c r="AN18" s="54">
         <v>31</v>
       </c>
       <c r="AO18" s="11">
         <f t="shared" si="11"/>
         <v>5356800</v>
       </c>
       <c r="AP18" s="11">
         <f t="shared" si="12"/>
         <v>24096960</v>
       </c>
       <c r="AQ18" s="13" t="s">
         <v>104</v>
       </c>
       <c r="AR18" s="17"/>
     </row>
-    <row r="19" spans="1:44" s="16" customFormat="1" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:44" s="16" customFormat="1" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="13">
         <v>14</v>
       </c>
       <c r="B19" s="67" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="67" t="s">
         <v>72</v>
       </c>
-      <c r="D19" s="67" t="s">
-        <v>5</v>
+      <c r="D19" s="95" t="s">
+        <v>114</v>
       </c>
       <c r="E19" s="67" t="s">
         <v>2</v>
       </c>
       <c r="F19" s="14">
         <v>1.2</v>
       </c>
       <c r="G19" s="54">
         <v>28</v>
       </c>
       <c r="H19" s="11">
         <f t="shared" si="0"/>
         <v>2903040</v>
       </c>
       <c r="I19" s="14">
         <v>1.2</v>
       </c>
       <c r="J19" s="54">
         <v>21</v>
       </c>
       <c r="K19" s="11">
         <f t="shared" si="1"/>
         <v>2177280</v>
       </c>
       <c r="L19" s="14">
@@ -10273,62 +10312,62 @@
         <v>31</v>
       </c>
       <c r="AL19" s="59">
         <f t="shared" si="10"/>
         <v>5088960</v>
       </c>
       <c r="AM19" s="14">
         <v>1.2</v>
       </c>
       <c r="AN19" s="54">
         <v>31</v>
       </c>
       <c r="AO19" s="11">
         <f t="shared" si="11"/>
         <v>3214079.9999999995</v>
       </c>
       <c r="AP19" s="11">
         <f t="shared" si="12"/>
         <v>23880960</v>
       </c>
       <c r="AQ19" s="13" t="s">
         <v>105</v>
       </c>
       <c r="AR19" s="20"/>
     </row>
-    <row r="20" spans="1:44" s="16" customFormat="1" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:44" s="16" customFormat="1" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="13">
         <v>15</v>
       </c>
       <c r="B20" s="67" t="s">
         <v>73</v>
       </c>
       <c r="C20" s="67" t="s">
         <v>74</v>
       </c>
-      <c r="D20" s="67" t="s">
-        <v>7</v>
+      <c r="D20" s="95" t="s">
+        <v>115</v>
       </c>
       <c r="E20" s="67" t="s">
         <v>31</v>
       </c>
       <c r="F20" s="14">
         <v>6.5</v>
       </c>
       <c r="G20" s="54">
         <v>28</v>
       </c>
       <c r="H20" s="11">
         <f t="shared" si="0"/>
         <v>15724800</v>
       </c>
       <c r="I20" s="14">
         <v>6.5</v>
       </c>
       <c r="J20" s="54">
         <v>31</v>
       </c>
       <c r="K20" s="11">
         <f t="shared" si="1"/>
         <v>17409600</v>
       </c>
       <c r="L20" s="14">
@@ -10418,62 +10457,62 @@
         <v>31</v>
       </c>
       <c r="AL20" s="59">
         <f t="shared" si="10"/>
         <v>18213120</v>
       </c>
       <c r="AM20" s="14">
         <v>6</v>
       </c>
       <c r="AN20" s="54">
         <v>31</v>
       </c>
       <c r="AO20" s="11">
         <f t="shared" si="11"/>
         <v>16070400</v>
       </c>
       <c r="AP20" s="11">
         <f t="shared" si="12"/>
         <v>155545920</v>
       </c>
       <c r="AQ20" s="13" t="s">
         <v>93</v>
       </c>
       <c r="AR20" s="20"/>
     </row>
-    <row r="21" spans="1:44" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:44" ht="57" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="9">
         <v>16</v>
       </c>
       <c r="B21" s="66" t="s">
         <v>82</v>
       </c>
       <c r="C21" s="66" t="s">
         <v>81</v>
       </c>
-      <c r="D21" s="66" t="s">
-        <v>7</v>
+      <c r="D21" s="95" t="s">
+        <v>115</v>
       </c>
       <c r="E21" s="66" t="s">
         <v>6</v>
       </c>
       <c r="F21" s="14">
         <v>2</v>
       </c>
       <c r="G21" s="54">
         <v>22</v>
       </c>
       <c r="H21" s="11">
         <f t="shared" si="0"/>
         <v>3801600</v>
       </c>
       <c r="I21" s="14">
         <v>2</v>
       </c>
       <c r="J21" s="54">
         <v>22</v>
       </c>
       <c r="K21" s="11">
         <f t="shared" si="1"/>
         <v>3801600</v>
       </c>
       <c r="L21" s="14">
@@ -10563,62 +10602,62 @@
         <v>31</v>
       </c>
       <c r="AL21" s="59">
         <f t="shared" si="10"/>
         <v>5356800</v>
       </c>
       <c r="AM21" s="14">
         <v>2</v>
       </c>
       <c r="AN21" s="54">
         <v>31</v>
       </c>
       <c r="AO21" s="11">
         <f t="shared" si="11"/>
         <v>5356800</v>
       </c>
       <c r="AP21" s="11">
         <f t="shared" si="12"/>
         <v>60480000</v>
       </c>
       <c r="AQ21" s="13" t="s">
         <v>93</v>
       </c>
       <c r="AR21" s="17"/>
     </row>
-    <row r="22" spans="1:44" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:44" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="9">
         <v>17</v>
       </c>
       <c r="B22" s="68" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="66" t="s">
         <v>56</v>
       </c>
-      <c r="D22" s="66" t="s">
-        <v>7</v>
+      <c r="D22" s="95" t="s">
+        <v>115</v>
       </c>
       <c r="E22" s="66" t="s">
         <v>34</v>
       </c>
       <c r="F22" s="14">
         <v>6</v>
       </c>
       <c r="G22" s="54">
         <v>28</v>
       </c>
       <c r="H22" s="11">
         <f t="shared" si="0"/>
         <v>14515200</v>
       </c>
       <c r="I22" s="14">
         <v>6.5</v>
       </c>
       <c r="J22" s="54">
         <v>31</v>
       </c>
       <c r="K22" s="11">
         <f t="shared" si="1"/>
         <v>17409600</v>
       </c>
       <c r="L22" s="14">
@@ -10708,62 +10747,62 @@
         <v>31</v>
       </c>
       <c r="AL22" s="59">
         <f t="shared" si="10"/>
         <v>16070400</v>
       </c>
       <c r="AM22" s="14">
         <v>6</v>
       </c>
       <c r="AN22" s="54">
         <v>31</v>
       </c>
       <c r="AO22" s="11">
         <f t="shared" si="11"/>
         <v>16070400</v>
       </c>
       <c r="AP22" s="11">
         <f t="shared" si="12"/>
         <v>154422720</v>
       </c>
       <c r="AQ22" s="13" t="s">
         <v>100</v>
       </c>
       <c r="AR22" s="17"/>
     </row>
-    <row r="23" spans="1:44" ht="72" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:44" ht="64.8" x14ac:dyDescent="0.3">
       <c r="A23" s="4">
         <v>18</v>
       </c>
       <c r="B23" s="67" t="s">
         <v>57</v>
       </c>
       <c r="C23" s="69" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="69" t="s">
-        <v>11</v>
+        <v>120</v>
       </c>
       <c r="E23" s="69" t="s">
         <v>10</v>
       </c>
       <c r="F23" s="14">
         <v>1.5</v>
       </c>
       <c r="G23" s="54">
         <v>15</v>
       </c>
       <c r="H23" s="11">
         <f t="shared" si="0"/>
         <v>1944000</v>
       </c>
       <c r="I23" s="14">
         <v>2</v>
       </c>
       <c r="J23" s="54">
         <v>23</v>
       </c>
       <c r="K23" s="11">
         <f t="shared" si="1"/>
         <v>3974400</v>
       </c>
       <c r="L23" s="14">
@@ -10853,62 +10892,62 @@
         <v>31</v>
       </c>
       <c r="AL23" s="59">
         <f t="shared" si="10"/>
         <v>2142720</v>
       </c>
       <c r="AM23" s="14">
         <v>0</v>
       </c>
       <c r="AN23" s="54" t="s">
         <v>92</v>
       </c>
       <c r="AO23" s="11">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="AP23" s="11">
         <f t="shared" si="12"/>
         <v>49014720</v>
       </c>
       <c r="AQ23" s="76" t="s">
         <v>108</v>
       </c>
       <c r="AR23" s="17"/>
     </row>
-    <row r="24" spans="1:44" ht="68.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:44" ht="68.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="9">
         <v>19</v>
       </c>
       <c r="B24" s="66" t="s">
         <v>66</v>
       </c>
       <c r="C24" s="66" t="s">
         <v>23</v>
       </c>
       <c r="D24" s="66" t="s">
-        <v>27</v>
+        <v>116</v>
       </c>
       <c r="E24" s="66" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="14">
         <v>0</v>
       </c>
       <c r="G24" s="54" t="s">
         <v>92</v>
       </c>
       <c r="H24" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I24" s="14">
         <v>0</v>
       </c>
       <c r="J24" s="54" t="s">
         <v>92</v>
       </c>
       <c r="K24" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L24" s="14">
@@ -10994,62 +11033,62 @@
         <v>0</v>
       </c>
       <c r="AL24" s="59">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="AM24" s="14">
         <v>0</v>
       </c>
       <c r="AN24" s="54" t="s">
         <v>92</v>
       </c>
       <c r="AO24" s="11">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="AP24" s="11">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AQ24" s="9" t="s">
         <v>95</v>
       </c>
       <c r="AR24" s="17"/>
     </row>
-    <row r="25" spans="1:44" s="16" customFormat="1" ht="54" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:44" s="16" customFormat="1" ht="32.4" x14ac:dyDescent="0.3">
       <c r="A25" s="13">
         <v>20</v>
       </c>
       <c r="B25" s="70" t="s">
         <v>75</v>
       </c>
       <c r="C25" s="67" t="s">
         <v>77</v>
       </c>
-      <c r="D25" s="67" t="s">
-        <v>14</v>
+      <c r="D25" s="95" t="s">
+        <v>117</v>
       </c>
       <c r="E25" s="67" t="s">
         <v>12</v>
       </c>
       <c r="F25" s="14">
         <v>3.5</v>
       </c>
       <c r="G25" s="54">
         <v>28</v>
       </c>
       <c r="H25" s="15">
         <f t="shared" si="0"/>
         <v>8467200</v>
       </c>
       <c r="I25" s="14">
         <v>3.5</v>
       </c>
       <c r="J25" s="54">
         <v>31</v>
       </c>
       <c r="K25" s="15">
         <f t="shared" si="1"/>
         <v>9374400</v>
       </c>
       <c r="L25" s="14">
@@ -11139,62 +11178,62 @@
         <v>31</v>
       </c>
       <c r="AL25" s="60">
         <f t="shared" si="10"/>
         <v>9374400</v>
       </c>
       <c r="AM25" s="14">
         <v>3.5</v>
       </c>
       <c r="AN25" s="54">
         <v>31</v>
       </c>
       <c r="AO25" s="15">
         <f t="shared" si="11"/>
         <v>9374400</v>
       </c>
       <c r="AP25" s="11">
         <f t="shared" si="12"/>
         <v>99835200</v>
       </c>
       <c r="AQ25" s="13" t="s">
         <v>101</v>
       </c>
       <c r="AR25" s="20"/>
     </row>
-    <row r="26" spans="1:44" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:44" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="9">
         <v>21</v>
       </c>
       <c r="B26" s="68" t="s">
         <v>78</v>
       </c>
       <c r="C26" s="66" t="s">
         <v>33</v>
       </c>
-      <c r="D26" s="66" t="s">
-        <v>14</v>
+      <c r="D26" s="95" t="s">
+        <v>117</v>
       </c>
       <c r="E26" s="66" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="14">
         <v>0.8</v>
       </c>
       <c r="G26" s="54">
         <v>28</v>
       </c>
       <c r="H26" s="11">
         <f t="shared" si="0"/>
         <v>1935360.0000000002</v>
       </c>
       <c r="I26" s="14">
         <v>0.8</v>
       </c>
       <c r="J26" s="54">
         <v>31</v>
       </c>
       <c r="K26" s="11">
         <f t="shared" si="1"/>
         <v>2142720</v>
       </c>
       <c r="L26" s="14">
@@ -11282,62 +11321,62 @@
       </c>
       <c r="AK26" s="54">
         <v>31</v>
       </c>
       <c r="AL26" s="59">
         <f t="shared" si="10"/>
         <v>1071360</v>
       </c>
       <c r="AM26" s="14">
         <v>0.5</v>
       </c>
       <c r="AN26" s="54">
         <v>31</v>
       </c>
       <c r="AO26" s="11">
         <f t="shared" si="11"/>
         <v>1339200</v>
       </c>
       <c r="AP26" s="11">
         <f t="shared" si="12"/>
         <v>15672960</v>
       </c>
       <c r="AQ26" s="9"/>
       <c r="AR26" s="17"/>
     </row>
-    <row r="27" spans="1:44" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:44" ht="75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="9">
         <v>22</v>
       </c>
       <c r="B27" s="66" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="66" t="s">
         <v>49</v>
       </c>
       <c r="D27" s="66" t="s">
-        <v>50</v>
+        <v>118</v>
       </c>
       <c r="E27" s="66" t="s">
         <v>51</v>
       </c>
       <c r="F27" s="14">
         <v>1.8</v>
       </c>
       <c r="G27" s="54">
         <v>28</v>
       </c>
       <c r="H27" s="11">
         <f t="shared" si="0"/>
         <v>4354560</v>
       </c>
       <c r="I27" s="14">
         <v>1.8</v>
       </c>
       <c r="J27" s="54">
         <v>16</v>
       </c>
       <c r="K27" s="11">
         <f t="shared" si="1"/>
         <v>2488320</v>
       </c>
       <c r="L27" s="14">
@@ -11427,62 +11466,62 @@
         <v>31</v>
       </c>
       <c r="AL27" s="59">
         <f t="shared" si="10"/>
         <v>5356800</v>
       </c>
       <c r="AM27" s="14">
         <v>1.8</v>
       </c>
       <c r="AN27" s="54">
         <v>31</v>
       </c>
       <c r="AO27" s="11">
         <f t="shared" si="11"/>
         <v>4821120</v>
       </c>
       <c r="AP27" s="11">
         <f t="shared" si="12"/>
         <v>59184000</v>
       </c>
       <c r="AQ27" s="9" t="s">
         <v>106</v>
       </c>
       <c r="AR27" s="17"/>
     </row>
-    <row r="28" spans="1:44" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:44" ht="72" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="9">
         <v>23</v>
       </c>
       <c r="B28" s="66" t="s">
         <v>76</v>
       </c>
       <c r="C28" s="66" t="s">
         <v>80</v>
       </c>
       <c r="D28" s="66" t="s">
-        <v>28</v>
+        <v>119</v>
       </c>
       <c r="E28" s="66" t="s">
         <v>32</v>
       </c>
       <c r="F28" s="14">
         <v>2.2000000000000002</v>
       </c>
       <c r="G28" s="54">
         <v>28</v>
       </c>
       <c r="H28" s="11">
         <f t="shared" si="0"/>
         <v>5322240.0000000009</v>
       </c>
       <c r="I28" s="14">
         <v>2</v>
       </c>
       <c r="J28" s="54">
         <v>31</v>
       </c>
       <c r="K28" s="11">
         <f t="shared" si="1"/>
         <v>5356800</v>
       </c>
       <c r="L28" s="14">
@@ -11572,62 +11611,62 @@
         <v>31</v>
       </c>
       <c r="AL28" s="59">
         <f t="shared" si="10"/>
         <v>5356800</v>
       </c>
       <c r="AM28" s="14">
         <v>2.2000000000000002</v>
       </c>
       <c r="AN28" s="54">
         <v>31</v>
       </c>
       <c r="AO28" s="11">
         <f t="shared" si="11"/>
         <v>5892480</v>
       </c>
       <c r="AP28" s="11">
         <f t="shared" si="12"/>
         <v>65681280</v>
       </c>
       <c r="AQ28" s="13" t="s">
         <v>94</v>
       </c>
       <c r="AR28" s="17"/>
     </row>
-    <row r="29" spans="1:44" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:44" ht="72" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="65">
         <v>24</v>
       </c>
       <c r="B29" s="66" t="s">
         <v>97</v>
       </c>
       <c r="C29" s="66" t="s">
         <v>98</v>
       </c>
       <c r="D29" s="66" t="s">
-        <v>28</v>
+        <v>119</v>
       </c>
       <c r="E29" s="66" t="s">
         <v>99</v>
       </c>
       <c r="F29" s="14">
         <v>0.6</v>
       </c>
       <c r="G29" s="54">
         <v>28</v>
       </c>
       <c r="H29" s="11">
         <f t="shared" ref="H29" si="13">F29*G29*86400</f>
         <v>1451520</v>
       </c>
       <c r="I29" s="14">
         <v>0.6</v>
       </c>
       <c r="J29" s="54">
         <v>31</v>
       </c>
       <c r="K29" s="11">
         <f t="shared" ref="K29" si="14">I29*J29*86400</f>
         <v>1607039.9999999998</v>
       </c>
       <c r="L29" s="14">
@@ -11717,51 +11756,51 @@
         <v>31</v>
       </c>
       <c r="AL29" s="59">
         <f t="shared" ref="AL29" si="23">AJ29*AK29*86400</f>
         <v>1607039.9999999998</v>
       </c>
       <c r="AM29" s="14">
         <v>0.6</v>
       </c>
       <c r="AN29" s="54">
         <v>31</v>
       </c>
       <c r="AO29" s="11">
         <f t="shared" ref="AO29" si="24">AM29*AN29*86400</f>
         <v>1607039.9999999998</v>
       </c>
       <c r="AP29" s="11">
         <f t="shared" ref="AP29" si="25">H29+K29+N29+Q29+T29+W29+Z29+AC29+AF29+AI29+AL29+AO29</f>
         <v>18921600</v>
       </c>
       <c r="AQ29" s="13" t="s">
         <v>94</v>
       </c>
       <c r="AR29" s="17"/>
     </row>
-    <row r="30" spans="1:44" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:44" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="9"/>
       <c r="B30" s="57"/>
       <c r="C30" s="82" t="s">
         <v>35</v>
       </c>
       <c r="D30" s="83"/>
       <c r="E30" s="89"/>
       <c r="F30" s="48">
         <f>SUM(F6:F29)</f>
         <v>54.4</v>
       </c>
       <c r="G30" s="52"/>
       <c r="H30" s="49">
         <f>SUM(H6:H29)</f>
         <v>97346880</v>
       </c>
       <c r="I30" s="48">
         <f>SUM(I6:I29)</f>
         <v>58.699999999999996</v>
       </c>
       <c r="J30" s="52"/>
       <c r="K30" s="49">
         <f>SUM(K6:K29)</f>
         <v>149679360</v>
       </c>